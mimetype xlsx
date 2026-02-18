--- v0 (2026-01-26)
+++ v1 (2026-02-18)
@@ -344,90 +344,90 @@
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ORL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-ORL 25 (14:56) 33-George Porter ran to DEN 47 for 28 yards. Tackle by 25-Jackie Jones. DEN 75-Stu Pidd was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Jesse Alexander - QB</t>
   </si>
   <si>
     <t>#33 George Porter - RB</t>
   </si>
   <si>
     <t>#41 Erich Diaz - FB</t>
   </si>
   <si>
-    <t>#81 Joshua Towe - TE</t>
+    <t>#81 Joshua Towe - WR</t>
   </si>
   <si>
     <t>#19 James Albert - WR</t>
   </si>
   <si>
     <t>#82 Charles Button - WR</t>
   </si>
   <si>
     <t>#1 Everett Keaton - LT</t>
   </si>
   <si>
     <t>#73 Robert Lett - LG</t>
   </si>
   <si>
     <t>#62 Harold King - C</t>
   </si>
   <si>
     <t>#76 Tyler Bell - RG</t>
   </si>
   <si>
     <t>#64 Kenneth Jones - RT</t>
   </si>
   <si>
     <t>#65 William Bernard - LDE</t>
   </si>
   <si>
     <t>#60 Bump Willis - LDE</t>
   </si>
   <si>
     <t>#90 Albert Johnson - DT</t>
   </si>
   <si>
     <t>#75 Stu Pidd - RDE</t>
   </si>
   <si>
     <t>#59 Brian Rico - SLB</t>
   </si>
   <si>
-    <t>#36 Penn Elane - CB</t>
+    <t>#33 Penn Elane - CB</t>
   </si>
   <si>
     <t>#49 Jordan Hedrick - CB</t>
   </si>
   <si>
     <t>#31 Billy Klubbe - CB</t>
   </si>
   <si>
     <t>#23 Gene Campbell - FS</t>
   </si>
   <si>
     <t>#24 Jackie Jones - CB</t>
   </si>
   <si>
     <t>#9 Syotto Puolustaja - FS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
@@ -446,72 +446,72 @@
   <si>
     <t>#95 Juan Toothree - RDE</t>
   </si>
   <si>
     <t>#8 Butler Binz - MLB</t>
   </si>
   <si>
     <t>#2 Sweet Lou Kendricks - SS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>DEN 44</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-7-DEN 44 (13:35) 12-Jesse Alexander pass complete to 81-Joshua Towe to DEN 42 for 2 yards. Tackle by 25-Jackie Jones. PENALTY - Unnecessary Roughness (DEN 25-Jackie Jones)</t>
   </si>
   <si>
-    <t>#37 Jeff Hicks - SS</t>
-[...2 lines deleted...]
-    <t>#35 Thomas Delp - CB</t>
+    <t>#37 Jeff Hicks - FS</t>
+  </si>
+  <si>
+    <t>#47 Thomas Delp - SS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DEN 27 (13:32) 12-Jesse Alexander sacked at DEN 30 for -4 yards (95-Juan Toothree)</t>
   </si>
   <si>
-    <t>#55 Chili Pea - WLB</t>
+    <t>#59 Chili Pea - WLB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>DEN 30</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-14-DEN 30 (12:47) 12-Jesse Alexander pass complete to 82-Charles Button to DEN 0 for 30 yards. TOUCHDOWN! DEN 0 ORL 6</t>
   </si>
   <si>
     <t>#60 Bryan Pereira - LT</t>
   </si>
   <si>
     <t>#50 Gio Kashe - WLB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
@@ -524,105 +524,105 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:42) Extra point by 14-Gregg Zavala is NO GOOD. (Wide Right) ORL 81-Joshua Towe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Steven Hilton - C</t>
   </si>
   <si>
     <t>#14 Gregg Zavala - K</t>
   </si>
   <si>
     <t>#78 Walter Fishback - LG</t>
   </si>
   <si>
     <t>#51 Scott Foreman - LT</t>
   </si>
   <si>
     <t>#63 Bobby Walser - LG</t>
   </si>
   <si>
     <t>#85 Nathan Wilson - LDE</t>
   </si>
   <si>
-    <t>#80 Francisco Ambrose - LDE</t>
+    <t>#80 Francisco Ambrose - RDE</t>
   </si>
   <si>
     <t>ORL 35</t>
   </si>
   <si>
     <t>(12:42) 14-Gregg Zavala kicks 71 yards from ORL 35 to DEN -6. Touchback.</t>
   </si>
   <si>
     <t>#24 Gregory Leone - RB</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DEN 25 (12:42) 5-Bernard Smith pass complete to 22-Flex Yofish to DEN 37 for 12 yards. Tackle by 44-Chris Little.</t>
   </si>
   <si>
     <t>#5 Bernard Smith - QB</t>
   </si>
   <si>
     <t>#4 Mason Jahr - RB</t>
   </si>
   <si>
     <t>#62 Rusty Steele - LG</t>
   </si>
   <si>
     <t>#48 Charles Doak - TE</t>
   </si>
   <si>
     <t>#12 John Leach - WR</t>
   </si>
   <si>
     <t>#22 Flex Yofish - WR</t>
   </si>
   <si>
     <t>#61 Victor Brock - RT</t>
   </si>
   <si>
     <t>#52 James Ovalle - LG</t>
   </si>
   <si>
-    <t>#63 Pork Ranger - RG</t>
+    <t>#63 Pork Ranger - C</t>
   </si>
   <si>
     <t>#56 Rhodes Graider - LT</t>
   </si>
   <si>
-    <t>#73 Jim Bob Mathews - C</t>
+    <t>#73 Jim Bob Mathews - RT</t>
   </si>
   <si>
     <t>#96 John Murphy - LDE</t>
   </si>
   <si>
     <t>#77 Mack Morgan - DT</t>
   </si>
   <si>
     <t>#94 Chad Peterson - DT</t>
   </si>
   <si>
     <t>#93 Dave Brookshire - RDE</t>
   </si>
   <si>
     <t>#46 David Engle - SLB</t>
   </si>
   <si>
     <t>#24 Steven Williams - SS</t>
   </si>
   <si>
     <t>#36 Michael Lopez - SS</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>DEN 11</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-DEN 11 (8:34) 5-Bernard Smith pass complete to 12-John Leach to DEN 18 for 7 yards. Tackle by 44-Chris Little.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-3-DEN 18 (7:52) 14-Jose Compos ran to DEN 21 for 3 yards. Tackle by 59-Adam Levy.</t>
   </si>
   <si>
     <t>#14 Jose Compos - RB</t>
   </si>
   <si>
-    <t>#44 Manawa Nui - FB</t>
+    <t>#48 Manawa Nui - FB</t>
   </si>
   <si>
     <t>#64 James Largo - C</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>DEN 21</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-1-DEN 21 (7:08) 14-Jose Compos ran to DEN 21 for 1 yards. Tackle by 46-David Engle.</t>
   </si>
   <si>
     <t>#82 Fly Pheshing - WR</t>
   </si>
   <si>
     <t>#71 Klay Pidgeon - LT</t>
   </si>
   <si>
     <t>#51 Nathaniel Gutierrez - RG</t>
   </si>
@@ -2423,90 +2423,90 @@
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="377.336" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>