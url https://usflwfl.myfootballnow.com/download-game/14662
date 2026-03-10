--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -344,51 +344,51 @@
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ORL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-ORL 25 (14:56) 33-George Porter ran to DEN 47 for 28 yards. Tackle by 25-Jackie Jones. DEN 75-Stu Pidd was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Jesse Alexander - QB</t>
   </si>
   <si>
     <t>#33 George Porter - RB</t>
   </si>
   <si>
     <t>#41 Erich Diaz - FB</t>
   </si>
   <si>
-    <t>#81 Joshua Towe - WR</t>
+    <t>#81 Joshua Towe - TE</t>
   </si>
   <si>
     <t>#19 James Albert - WR</t>
   </si>
   <si>
     <t>#82 Charles Button - WR</t>
   </si>
   <si>
     <t>#1 Everett Keaton - LT</t>
   </si>
   <si>
     <t>#73 Robert Lett - LG</t>
   </si>
   <si>
     <t>#62 Harold King - C</t>
   </si>
   <si>
     <t>#76 Tyler Bell - RG</t>
   </si>
   <si>
     <t>#64 Kenneth Jones - RT</t>
   </si>
   <si>
     <t>#65 William Bernard - LDE</t>
   </si>