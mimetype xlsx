--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -338,225 +338,225 @@
   <si>
     <t>#3 Allan Hawk - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 26 (14:56) 8-Gary Westerfield pass complete to 16-John York to ARZ 44 for 18 yards. Tackle by 23-Gene Campbell.</t>
   </si>
   <si>
     <t>#8 Gary Westerfield - QB</t>
   </si>
   <si>
-    <t>#23 Brian Walsh - RB</t>
+    <t>#27 Brian Walsh - RB</t>
   </si>
   <si>
     <t>#40 Marvin Snyder - FB</t>
   </si>
   <si>
     <t>#87 Larry Fitzgerald - TE</t>
   </si>
   <si>
     <t>#86 Joshua Read - WR</t>
   </si>
   <si>
     <t>#16 John York - WR</t>
   </si>
   <si>
     <t>#58 Leroy Mortensen - LT</t>
   </si>
   <si>
     <t>#54 Harland Farnsworth - LG</t>
   </si>
   <si>
     <t>#79 David Morrison - C</t>
   </si>
   <si>
     <t>#75 Jason Davis - RG</t>
   </si>
   <si>
     <t>#50 Damian Givens - RT</t>
   </si>
   <si>
     <t>#65 William Bernard - LDE</t>
   </si>
   <si>
     <t>#60 Bump Willis - LDE</t>
   </si>
   <si>
     <t>#70 Bam Bam Bigelow - RDE</t>
   </si>
   <si>
     <t>#75 Stu Pidd - RDE</t>
   </si>
   <si>
     <t>#8 Butler Binz - MLB</t>
   </si>
   <si>
     <t>#9 Syotto Puolustaja - FS</t>
   </si>
   <si>
-    <t>#36 Penn Elane - CB</t>
+    <t>#33 Penn Elane - CB</t>
   </si>
   <si>
     <t>#31 Billy Klubbe - CB</t>
   </si>
   <si>
     <t>#49 Jordan Hedrick - CB</t>
   </si>
   <si>
-    <t>#25 Jackie Jones - CB</t>
+    <t>#24 Jackie Jones - CB</t>
   </si>
   <si>
     <t>#23 Gene Campbell - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>ARZ 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-ARZ 44 (14:14) 23-Brian Walsh ran to ARZ 47 for 2 yards. Tackle by 2-Sweet Lou Kendricks.</t>
   </si>
   <si>
     <t>#2 Sweet Lou Kendricks - SS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>ARZ 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-8-ARZ 47 (13:33) 23-Brian Walsh ran to ARZ 46 for -1 yards. Tackle by 70-Bam Bam Bigelow.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>ARZ 46</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>3-8-ARZ 46 (12:54) 8-Gary Westerfield pass complete to 86-Joshua Read to DEN 42 for 12 yards. Tackle by 25-Jackie Jones. PENALTY - Pass Interference (DEN 25-Jackie Jones) (Declined)</t>
   </si>
   <si>
-    <t>#50 Gio Kashe - SLB</t>
+    <t>#50 Gio Kashe - WLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>DEN 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-DEN 42 (12:50) 8-Gary Westerfield pass complete to 86-Joshua Read to DEN 39 for 2 yards. Tackle by 9-Syotto Puolustaja.</t>
   </si>
   <si>
     <t>#44 Joshua Lindsey - RB</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>DEN 39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-8-DEN 39 (12:13) 8-Gary Westerfield pass complete to 44-Joshua Lindsey to DEN 33 for 6 yards. Tackle by 9-Syotto Puolustaja.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-2-DEN 33 (11:37) 23-Brian Walsh ran to DEN 32 for 2 yards. Tackle by 95-Juan Toothree.</t>
   </si>
   <si>
-    <t>#85 Benjamin Machado - TE</t>
+    <t>#80 Benjamin Machado - TE</t>
   </si>
   <si>
     <t>#85 Nathan Wilson - LDE</t>
   </si>
   <si>
     <t>#90 Albert Johnson - DT</t>
   </si>
   <si>
     <t>#80 Francisco Ambrose - RDE</t>
   </si>
   <si>
     <t>#95 Juan Toothree - RDE</t>
   </si>
   <si>
-    <t>#55 Chili Pea - WLB</t>
-[...5 lines deleted...]
-    <t>#35 Thomas Delp - FS</t>
+    <t>#59 Chili Pea - WLB</t>
+  </si>
+  <si>
+    <t>#37 Jeff Hicks - FS</t>
+  </si>
+  <si>
+    <t>#47 Thomas Delp - SS</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>DEN 32</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 32 (10:54) 8-Gary Westerfield pass complete to 86-Joshua Read to DEN 31 for 1 yards. Tackle by 75-Stu Pidd.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>3-8-DEN 30 (9:34) 44-Joshua Lindsey ran to DEN 26 for 4 yards. Tackle by 2-Sweet Lou Kendricks.</t>
   </si>
   <si>
     <t>#15 Steven Santora - RB</t>
   </si>
   <si>
     <t>#59 Brian Rico - SLB</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>DEN 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-DEN 26 (8:58) 9-Walter Wilson 44 yard field goal is GOOD. ARZ 3 DEN 0</t>
   </si>
   <si>
-    <t>#63 Steven Nelson - C</t>
+    <t>#79 Steven Nelson - C</t>
   </si>
   <si>
     <t>#9 Walter Wilson - K</t>
   </si>
   <si>
     <t>#65 Roy Carpenter - LG</t>
   </si>
   <si>
     <t>#78 Harold Hartford - RG</t>
   </si>
   <si>
     <t>#52 Anthony Reynolds - RT</t>
   </si>
   <si>
     <t>#77 Joe Averedge - LDE</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>(8:55) 9-Walter Wilson kicks 75 yards from ARZ 35 to DEN -10. Touchback.</t>
   </si>
@@ -635,90 +635,90 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DEN 25 (8:55) 5-Bernard Smith pass incomplete, the ball was thrown away. Pressure by 98-Mitchell Maloney.</t>
   </si>
   <si>
     <t>#5 Bernard Smith - QB</t>
   </si>
   <si>
     <t>#4 Mason Jahr - RB</t>
   </si>
   <si>
     <t>#66 Andrew Reilly - C</t>
   </si>
   <si>
     <t>#88 Kenny Katchett - TE</t>
   </si>
   <si>
     <t>#82 Fly Pheshing - WR</t>
   </si>
   <si>
     <t>#22 Flex Yofish - WR</t>
   </si>
   <si>
-    <t>#61 Victor Brock - LT</t>
+    <t>#61 Victor Brock - RT</t>
   </si>
   <si>
     <t>#62 Rusty Steele - LG</t>
   </si>
   <si>
     <t>#63 Pork Ranger - C</t>
   </si>
   <si>
-    <t>#56 Rhodes Graider - RG</t>
+    <t>#56 Rhodes Graider - LT</t>
   </si>
   <si>
     <t>#73 Jim Bob Mathews - RT</t>
   </si>
   <si>
     <t>#90 Daniel Westfield - MLB</t>
   </si>
   <si>
     <t>#50 Bryon Cox - MLB</t>
   </si>
   <si>
     <t>#98 Mitchell Maloney - WLB</t>
   </si>
   <si>
     <t>#37 Alfonso Sanders - SS</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-DEN 25 (8:50) 24-Gregory Leone ran to DEN 37 for 12 yards. Tackle by 37-Alfonso Sanders.</t>
   </si>
   <si>
-    <t>#44 Manawa Nui - FB</t>
+    <t>#48 Manawa Nui - FB</t>
   </si>
   <si>
     <t>#12 John Leach - WR</t>
   </si>
   <si>
     <t>#87 Donald Chenard - WR</t>
   </si>
   <si>
     <t>#64 James Largo - C</t>
   </si>
   <si>
     <t>#83 Kirby Farmer - C</t>
   </si>
   <si>
     <t>#51 Nathaniel Gutierrez - RG</t>
   </si>
   <si>
     <t>#71 Klay Pidgeon - LT</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>DEN 37</t>
   </si>