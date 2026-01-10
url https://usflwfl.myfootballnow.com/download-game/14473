--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -293,51 +293,51 @@
   <si>
     <t>ORL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Gregg Zavala kicks 68 yards from ORL 35 to TAM -3. Touchback.</t>
   </si>
   <si>
     <t>#8 Danny Olson - WR</t>
   </si>
   <si>
     <t>#71 Eliseo Roman - RDE</t>
   </si>
   <si>
     <t>#19 Michael Graham - P</t>
   </si>
   <si>
     <t>#34 Raymond Cardwell - FS</t>
   </si>
   <si>
-    <t>#30 Wilbert Wolfe - RB</t>
+    <t>#21 Wilbert Wolfe - RB</t>
   </si>
   <si>
     <t>#29 Danny Fleming - CB</t>
   </si>
   <si>
     <t>#5 Paul Camacho - WR</t>
   </si>
   <si>
     <t>#45 Thomas Crowley - SS</t>
   </si>
   <si>
     <t>#55 Eric Carlsen - WLB</t>
   </si>
   <si>
     <t>#28 George Jones - CB</t>
   </si>
   <si>
     <t>#9 Carlos Norwood - WR</t>
   </si>
   <si>
     <t>#14 Gregg Zavala - K</t>
   </si>
   <si>
     <t>TAM</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#69 Daniel Hampton - LT</t>
   </si>
   <si>
     <t>#92 Robert Phillip - MLB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>ORL 8</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>1-10-ORL 8 (12:54) 12-Jesse Alexander pass Pass knocked down by 53-Josh Outlaw. incomplete, intended for 81-Joshua Towe.</t>
   </si>
   <si>
     <t>#12 Jesse Alexander - QB</t>
   </si>
   <si>
-    <t>#31 Bill Minks - RB</t>
+    <t>#27 Bill Minks - RB</t>
   </si>
   <si>
     <t>#41 Erich Diaz - FB</t>
   </si>
   <si>
     <t>#81 Joshua Towe - TE</t>
   </si>
   <si>
     <t>#19 James Albert - WR</t>
   </si>
   <si>
     <t>#11 Joseph Cooper - WR</t>
   </si>
   <si>
     <t>#1 Everett Keaton - LT</t>
   </si>
   <si>
     <t>#73 Robert Lett - LG</t>
   </si>
   <si>
     <t>#62 Harold King - C</t>
   </si>
   <si>
     <t>#76 Tyler Bell - RG</t>
   </si>