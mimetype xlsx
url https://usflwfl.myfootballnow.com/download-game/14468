--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -374,51 +374,51 @@
   <si>
     <t>#50 Aaron Crabb - LT</t>
   </si>
   <si>
     <t>#77 Robert McArdle - LG</t>
   </si>
   <si>
     <t>#57 Frank Fink - C</t>
   </si>
   <si>
     <t>#68 Russell Thompson - LG</t>
   </si>
   <si>
     <t>#56 John Smithson - RT</t>
   </si>
   <si>
     <t>#65 Justin Willis - LDE</t>
   </si>
   <si>
     <t>#90 Douglas Hanna - DT</t>
   </si>
   <si>
     <t>#92 James Box - DT</t>
   </si>
   <si>
-    <t>#94 Paul Widener - RDE</t>
+    <t>#79 Paul Widener - RDE</t>
   </si>
   <si>
     <t>#96 Alfred Durand - MLB</t>
   </si>
   <si>
     <t>#56 Michael Richmond - WLB</t>
   </si>
   <si>
     <t>#43 Carmen Thompson - CB</t>
   </si>
   <si>
     <t>#48 Joseph Green - CB</t>
   </si>
   <si>
     <t>#5 Derek Battle - CB</t>
   </si>
   <si>
     <t>#95 Manuel Whitfield - SS</t>
   </si>
   <si>
     <t>#27 Steven Wood - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -452,168 +452,168 @@
   <si>
     <t>1-10-BLT 41 (13:34) 17-Kenneth Irvin pass incomplete, intended for 82-Spencer Smith.</t>
   </si>
   <si>
     <t>#21 Martin Harrington - CB</t>
   </si>
   <si>
     <t>#29 Chubbs Peterson - CB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-BLT 41 (13:30) 17-Kenneth Irvin pass Pass knocked down by 27-Steven Wood. incomplete, intended for 85-Ronald Hoover.</t>
   </si>
   <si>
     <t>#89 James Davis - TE</t>
   </si>
   <si>
-    <t>#2 Phillip May - WLB</t>
+    <t>#2 Phillip May - CB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-BLT 41 (13:27) 17-Kenneth Irvin pass complete to 45-Jeffery Willett to BLT 42 for 1 yards. Tackle by 43-Carmen Thompson. Nice job by 45-Jeffery Willett on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#55 Luis Thomas - MLB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>BLT 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-BLT 42 (12:45) 18-Ray Olson punts 62 yards to PHI -3.4-9-BLT 42 (12:45) 18-Ray Olson punts 62 yards to PHI -3. Touchback.</t>
   </si>
   <si>
     <t>#18 Ray Olson - P</t>
   </si>
   <si>
-    <t>#84 Anthony Kam - WR</t>
-[...2 lines deleted...]
-    <t>#97 Charles Riggs - WLB</t>
+    <t>#49 Anthony Kam - FB</t>
+  </si>
+  <si>
+    <t>#97 Charles Riggs - LDE</t>
   </si>
   <si>
     <t>#71 Carl Rojas - LT</t>
   </si>
   <si>
-    <t>#58 Joshua Satterfield - MLB</t>
+    <t>#58 Joshua Satterfield - WLB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Middle Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-PHI 20 (12:37) 12-Donald Davis pass complete to 1-John Yen to PHI 23 for 3 yards. Tackle by 30-Jeff Beckham.</t>
   </si>
   <si>
     <t>#12 Donald Davis - QB</t>
   </si>
   <si>
     <t>#1 John Yen - WR</t>
   </si>
   <si>
-    <t>#80 Julian Lombard - WR</t>
+    <t>#80 Julian Lombard - TE</t>
   </si>
   <si>
     <t>#81 Howard Becker - WR</t>
   </si>
   <si>
-    <t>#33 George Hopkins - WR</t>
-[...5 lines deleted...]
-    <t>#66 Emilio Nappi - C</t>
+    <t>#33 George Hopkins - RB</t>
+  </si>
+  <si>
+    <t>#79 John Meadows - LT</t>
+  </si>
+  <si>
+    <t>#66 Emilio Nappi - LG</t>
   </si>
   <si>
     <t>#51 James North - C</t>
   </si>
   <si>
-    <t>#77 Conrad Maziarz - C</t>
-[...2 lines deleted...]
-    <t>#76 Jeffrey Foxx - C</t>
+    <t>#77 Conrad Maziarz - RG</t>
+  </si>
+  <si>
+    <t>#76 Jeffrey Foxx - RT</t>
   </si>
   <si>
     <t>#95 Carl Cushman - LDE</t>
   </si>
   <si>
     <t>#60 Michael Harrison - DT</t>
   </si>
   <si>
     <t>#70 Dale Nichols - DT</t>
   </si>
   <si>
     <t>#20 Michael Reynolds - SS</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>2-7-PHI 23 (11:55) 12-Donald Davis pass complete to 86-William Sneed to PHI 31 for 9 yards. Tackle by 96-Mario Maynard.</t>
   </si>
   <si>
-    <t>#22 Daniel Burrow - WR</t>
+    <t>#22 Daniel Burrow - RB</t>
   </si>
   <si>
     <t>#86 William Sneed - WR</t>
   </si>
   <si>
     <t>#92 Walter Keller - DT</t>
   </si>
   <si>
     <t>#55 Lewis  Shirtpantski - WLB</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 31 (11:17) 22-Daniel Burrow ran to PHI 29 for -2 yards. Tackle by 22-Timothy Duran.</t>
   </si>
@@ -641,57 +641,57 @@
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-11-PHI 30 (10:10) 12-Donald Davis pass complete to 86-William Sneed to PHI 40 for 9 yards. 86-William Sneed FUMBLES (46-Patrick Leibowitz) recovered by PHI-81-Howard Becker at PHI 38. Tackle by 20-Michael Reynolds.</t>
   </si>
   <si>
     <t>#64 Anthony Allan - LDE</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>4-3-PHI 38 (9:27) 17-Frank Shifflett punts 44 yards to BLT 18. Fair Catch by 45-Jeffery Willett.</t>
   </si>
   <si>
     <t>#17 Frank Shifflett - P</t>
   </si>
   <si>
     <t>#54 Johnnie Morris - C</t>
   </si>
   <si>
-    <t>#70 Michael Strange - C</t>
-[...5 lines deleted...]
-    <t>#78 Johnny Drummond - C</t>
+    <t>#70 Michael Strange - RG</t>
+  </si>
+  <si>
+    <t>#75 Jason Herron - RT</t>
+  </si>
+  <si>
+    <t>#78 Johnny Drummond - LT</t>
   </si>
   <si>
     <t>#47 Scott Burton - MLB</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>BLT 18</t>
   </si>
   <si>
     <t>Singleback Big HB Pitch Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-BLT 18 (9:20) 36-Matthew Reese ran to BLT 18 for a short loss. Tackle by 50-Columbus Shannon.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -812,51 +812,51 @@
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PHI 14 (3:24) 12-Tom Rogers 33 yard field goal is GOOD. BLT 3 PHI 0</t>
   </si>
   <si>
     <t>#12 Tom Rogers - K</t>
   </si>
   <si>
     <t>#72 Neil Brown - C</t>
   </si>
   <si>
     <t>#53 David Bowser - RT</t>
   </si>
   <si>
     <t>#93 Anthony Kuiper - DT</t>
   </si>
   <si>
-    <t>#61 Ralph Magallanes - WLB</t>
+    <t>#72 Ralph Magallanes - RDE</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>BLT 35</t>
   </si>
   <si>
     <t>(3:22) 12-Tom Rogers kicks 72 yards from BLT 35 to PHI -7. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 25 (3:22) 33-George Hopkins ran to PHI 37 for 12 yards. Tackle by 35-Richard Berger.</t>
   </si>
   <si>
     <t>2:46</t>
   </si>
   <si>
     <t>PHI 37</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>BLT 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-BLT 39 (1:25) 33-George Hopkins ran to BLT 34 for 6 yards. Tackle by 20-Michael Reynolds.</t>
   </si>
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>BLT 34</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-4-BLT 34 (0:50) 44-William Leiva ran to BLT 29 for 5 yards. Tackle by 55-Lewis  Shirtpantski.</t>
   </si>
   <si>
-    <t>#44 William Leiva - WR</t>
+    <t>#44 William Leiva - FB</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>BLT 29</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-BLT 29 (0:09) 22-Daniel Burrow ran to BLT 26 for 3 yards. Tackle by 60-Michael Harrison. 77-Conrad Maziarz was completely beat on that play.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>2-7-BLT 26 (15:00) 22-Daniel Burrow ran to BLT 23 for 3 yards. Tackle by 60-Michael Harrison. 77-Conrad Maziarz missed that block completely.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
@@ -947,51 +947,51 @@
   <si>
     <t>BLT 15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BLT 15 (13:43) 12-Donald Davis pass Pass knocked down by 20-Michael Reynolds. incomplete, intended for 1-John Yen.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-10-BLT 15 (13:40) 12-Donald Davis pass Pass knocked down by 35-Richard Berger. incomplete, intended for 22-Daniel Burrow.</t>
   </si>
   <si>
     <t>#34 Evan Stokes - WR</t>
   </si>
   <si>
-    <t>#87 Harold Rock - WR</t>
+    <t>#87 Harold Rock - TE</t>
   </si>
   <si>
     <t>3-10-BLT 15 (13:36) 12-Donald Davis pass complete to 86-William Sneed to BLT 0 for 14 yards. Tackle by 96-Mario Maynard. Pressure by 60-Michael Harrison.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BLT 0</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-1-BLT 0 (12:54) 22-Daniel Burrow ran for 0 yards. TOUCHDOWN! BLT 3 PHI 6</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>(12:53) Extra point GOOD by 3-Reynaldo Paris. BLT 3 PHI 7</t>
   </si>
   <si>
     <t>#19 Frank London - QB</t>
   </si>
@@ -2317,97 +2317,97 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="373.909" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>