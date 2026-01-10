--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -344,51 +344,51 @@
   <si>
     <t>NYS 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYS 25 (15:00) 18-Austin Harned pass complete to 27-Joel Rogers to NYS 29 for 4 yards. Tackle by 42-Kenneth Kivett. Great move by 27-Joel Rogers to get free of his coverage.</t>
   </si>
   <si>
     <t>#18 Austin Harned - QB</t>
   </si>
   <si>
     <t>#27 Joel Rogers - RB</t>
   </si>
   <si>
     <t>#83 Robert Pinson - TE</t>
   </si>
   <si>
     <t>#86 Jacob Becker - WR</t>
   </si>
   <si>
-    <t>#9 Thomas Barksdale - WR</t>
+    <t>#9 Thomas Barksdale - RB</t>
   </si>
   <si>
     <t>#17 Michael Rockwell - WR</t>
   </si>
   <si>
     <t>#79 Sylvester Murphy - LT</t>
   </si>
   <si>
     <t>#74 Robert Rusk - LG</t>
   </si>
   <si>
     <t>#70 John Vincent - C</t>
   </si>
   <si>
     <t>#51 Jacob Mayfield - RG</t>
   </si>
   <si>
     <t>#65 Randy Rosenthal - RT</t>
   </si>
   <si>
     <t>#73 Sheldon Cooper - LDE</t>
   </si>
   <si>
     <t>#66 Fire Marshal Bill  - DT</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>#79 Howard Hamlin - LG</t>
   </si>
   <si>
     <t>#67 Bill Parker - C</t>
   </si>
   <si>
     <t>#64 Raymond Scott - RG</t>
   </si>
   <si>
     <t>#56 Kyle Stevens - RT</t>
   </si>
   <si>
     <t>#92 Bull Winkle - LDE</t>
   </si>
   <si>
     <t>#59 Carl Dickerson - DT</t>
   </si>
   <si>
     <t>#95 William Brownfield - DT</t>
   </si>
   <si>
     <t>#54 John Cree - RDE</t>
   </si>
   <si>
-    <t>#76 John Quigley - SLB</t>
+    <t>#76 John Quigley - WLB</t>
   </si>
   <si>
     <t>#49 Peter Murphy - SLB</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>NJG 25</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>2-5-NJG 25 (6:45) 1-David Fields pass Pass knocked down by 48-Tua Short. incomplete, intended for 81-Bruce Nolan.</t>
   </si>
   <si>
     <t>#2 Emeka Egbuka - WR</t>
   </si>
   <si>
     <t>#26 Steven Brown - CB</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
@@ -1424,51 +1424,51 @@
   <si>
     <t>2-6-NJG 14 (2:31) 27-Joel Rogers ran to NJG 12 for 2 yards. Tackle by 90-Jackmerius Tacktheritrix. PENALTY - Offsides (NJG 94-Sam Hubbard)</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>NJG 9</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-1-NJG 9 (2:29) 18-Austin Harned pass complete to 17-Michael Rockwell for 9 yards. TOUCHDOWN! Pressure by 51-Mike Ehrmantraut. NYS 17 NJG 13</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>NJG 15</t>
   </si>
   <si>
     <t>(2:25) Extra point GOOD by 7-Raymond Spencer. NYS 18 NJG 13</t>
   </si>
   <si>
-    <t>#57 Scott Williams - RT</t>
+    <t>#57 Scott Williams - LT</t>
   </si>
   <si>
     <t>(2:25) 13-Steven Cummins kicks 68 yards from NYS 35 to NJG -3. Touchback.</t>
   </si>
   <si>
     <t>1-10-NJG 25 (2:25) 34-Gregory Davis ran to NJG 25 for a short gain. Tackle by 76-John Quigley.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>2-10-NJG 25 (1:43) 1-David Fields pass complete to 34-Gregory Davis to NJG 44 for 19 yards. Tackle by 30-Del Pickle. NYS 30-Del Pickle was injured on the play. He looks like he should be able to return. PENALTY - Holding (NJG 70-Marshall Tucker)</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>2-20-NJG 15 (1:38) 41-Keith Byars ran to NJG 16 for 1 yards. Tackle by 92-Bull Winkle.</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -1574,51 +1574,51 @@
   <si>
     <t>2-10-NJG 46 (12:55) 18-Austin Harned pass complete to 86-Jacob Becker to NJG 38 for 7 yards. Tackle by 37-Steve Gendason.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>3-3-NJG 38 (12:14) 31-Carlos Scott ran to NJG 35 for 3 yards. Tackle by 90-Jackmerius Tacktheritrix.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>1-10-NJG 35 (11:41) 18-Austin Harned pass complete to 83-Robert Pinson to NJG 27 for 8 yards. Tackle by 90-Jackmerius Tacktheritrix.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-2-NJG 27 (10:55) 18-Austin Harned pass incomplete, dropped by 44-Thomas Blocker. NYS 51-Jacob Mayfield was injured on the play.</t>
   </si>
   <si>
-    <t>#36 John Durst - RB</t>
+    <t>#36 John Durst - RDE</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>3-2-NJG 27 (10:54) 18-Austin Harned pass Pass knocked down by 42-Kenneth Kivett. incomplete, intended for 86-Jacob Becker. The offense seems to be calling that play a lot.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>4-2-NJG 27 (10:51) 7-Raymond Spencer 44 yard field goal is GOOD. NYS 21 NJG 19</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>(10:47) 13-Steven Cummins kicks 68 yards from NYS 35 to NJG -3. Touchback.</t>
   </si>
   <si>
     <t>1-10-NJG 25 (10:47) 1-David Fields pass complete to 86-Slippin Jimmy McGill to NJG 36 for 11 yards. Tackle by 48-Tua Short.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>