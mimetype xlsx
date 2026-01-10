--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 16-Mike Hunt pass complete to 14-Timothy Hernandez to BIR 31 for 6 yards. Tackle by 42-James Tolliver.</t>
   </si>
   <si>
     <t>#16 Mike Hunt - QB</t>
   </si>
   <si>
     <t>#45 Marcus Gonzalez - FB</t>
   </si>
   <si>
     <t>#80 Chris McArthur - TE</t>
   </si>
   <si>
     <t>#14 Timothy Hernandez - WR</t>
   </si>
   <si>
     <t>#88 David Glover - WR</t>
   </si>
   <si>
     <t>#52 Edward Green - RG</t>
   </si>
   <si>
-    <t>#68 Matt Wright - LG</t>
+    <t>#53 Matt Wright - LG</t>
   </si>
   <si>
     <t>#64 Bob Crawford - C</t>
   </si>
   <si>
     <t>#78 Herbert Brown - RT</t>
   </si>
   <si>
     <t>#55 Willard Walker - RDE</t>
   </si>
   <si>
     <t>#70 John Brown - DT</t>
   </si>
   <si>
     <t>#92 Willie Atkinson - DT</t>
   </si>
   <si>
     <t>#67 Joe Wilhite - RDE</t>
   </si>
   <si>
     <t>#91 David Crowley - SLB</t>
   </si>
   <si>
     <t>#50 Matthew McGrath - MLB</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>#7 Jeffrey Long - K</t>
   </si>
   <si>
     <t>#34 William Rosa - RB</t>
   </si>
   <si>
     <t>#81 William Orozco - TE</t>
   </si>
   <si>
     <t>#62 Bryan Sparrow - RT</t>
   </si>
   <si>
     <t>#97 Stephen Williams - MLB</t>
   </si>
   <si>
     <t>#68 Robert Rivera - RDE</t>
   </si>
   <si>
     <t>#60 Ware Waldo - LT</t>
   </si>
   <si>
     <t>#63 Eric Derrick - DT</t>
   </si>
   <si>
-    <t>#99 Miguel Frigo - MLB</t>
+    <t>#53 Miguel Frigo - MLB</t>
   </si>
   <si>
     <t>#92 Michael Boser - WLB</t>
   </si>
   <si>
     <t>BIR 35</t>
   </si>
   <si>
     <t>(14:10) 7-Jeffrey Long kicks 75 yards from BIR 35 to NOV -10. Touchback.</t>
   </si>
   <si>
     <t>#16 David Smith - WR</t>
   </si>
   <si>
     <t>#61 Arthur Millington - DT</t>
   </si>
   <si>
     <t>NOV 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -998,51 +998,51 @@
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>NOV 10</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-17-NOV 10 (14:54) 19-Michael Applebaum pass Pass knocked down by 45-Emmanuel Buck. incomplete, intended for 14-Walter Ballard.</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>3-17-NOV 10 (14:51) 19-Michael Applebaum pass complete to 16-David Smith to NOV 12 for 2 yards. Tackle by 22-Hiram Scott. PENALTY - Pass Interference (BIR 45-Emmanuel Buck)</t>
   </si>
   <si>
-    <t>#34 Nathan Gomez - RB</t>
+    <t>#29 Nathan Gomez - RB</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>1-10-NOV 17 (14:47) 32-James Harrison ran to NOV 17 for 1 yards. Tackle by 92-Jerry Hanlon.</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-NOV 17 (14:03) 19-Michael Applebaum pass incomplete, dropped by 82-Derrick Everett.</t>
   </si>
   <si>
     <t>#82 Derrick Everett - WR</t>
   </si>
   <si>
     <t>13:58</t>
   </si>