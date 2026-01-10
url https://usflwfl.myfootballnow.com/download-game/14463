--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -575,51 +575,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-SCS 4 (9:18) 9-Walter Wilson 23 yard field goal is GOOD. ARZ 3 SCS 0</t>
   </si>
   <si>
     <t>#63 Steven Nelson - C</t>
   </si>
   <si>
     <t>#9 Walter Wilson - K</t>
   </si>
   <si>
     <t>#50 Damian Givens - RT</t>
   </si>
   <si>
     <t>#78 Harold Hartford - RG</t>
   </si>
   <si>
     <t>#65 Roy Carpenter - LG</t>
   </si>
   <si>
-    <t>#63 Jack Hall - LDE</t>
+    <t>#28 Jack Hall - CB</t>
   </si>
   <si>
     <t>#94 Willie Pitts - WLB</t>
   </si>
   <si>
     <t>#60 Nacho Varga - RG</t>
   </si>
   <si>
     <t>#76 Matthew Stiles - LG</t>
   </si>
   <si>
     <t>#53 Kurt Russell - MLB</t>
   </si>
   <si>
     <t>#72 Brian Hicks - DT</t>
   </si>
   <si>
     <t>#65 Lane Byrne - C</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-SCS 21 (10:17) 40-Jeremy Standish ran to SCS 21 for a short loss. Tackle by 98-Mitchell Maloney.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-SCS 21 (9:40) 8-Domingo Robinson pass complete to 40-Jeremy Standish to SCS 22 for 2 yards. Tackle by 90-Daniel Westfield.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>3-9-SCS 22 (8:54) 23-Raymond Flores ran to SCS 35 for 13 yards. Tackle by 90-Daniel Westfield.</t>
   </si>
   <si>
-    <t>#23 Raymond Flores - RB</t>
+    <t>#21 Raymond Flores - RB</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>1-10-SCS 35 (8:11) (Hot Read) 8-Domingo Robinson pass complete to 40-Jeremy Standish to SCS 34 for -1 yards. Tackle by 50-Bryon Cox. Pressure by 90-Daniel Westfield.</t>
   </si>
   <si>
     <t>#30 James Reese - FB</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>SCS 34</t>
   </si>
   <si>
     <t>2-11-SCS 34 (7:26) 40-Jeremy Standish ran to SCS 31 for -3 yards. Tackle by 50-Bryon Cox.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>SCS 31</t>
   </si>