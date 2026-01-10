--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -518,51 +518,51 @@
   <si>
     <t>STO 18</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>1-10-STO 18 (12:12) 19-Charles Clark pass incomplete, intended for 84-Jessie Anderson.</t>
   </si>
   <si>
     <t>#19 Charles Clark - QB</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
     <t>#87 Robert Woolsey - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
-    <t>#88 Glenn Roach - WR</t>
+    <t>#80 Glenn Roach - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#78 Howard Healy - RG</t>
   </si>
   <si>
     <t>#70 Patrick Smith - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#71 Eugene Boswell - RG</t>
   </si>
   <si>
     <t>#67 Steven Wentworth - RG</t>
   </si>
   <si>
     <t>#38 Dan Johnson - LDE</t>
   </si>
   <si>
     <t>#54 Julian Herring - RDE</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>CLE 20</t>
   </si>
   <si>
     <t>3-11-CLE 20 (12:35) 19-Charles Clark pass complete to 88-Glenn Roach to CLE 12 for 7 yards. Tackle by 26-Wayne Melin. 88-Glenn Roach did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>CLE 12</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-CLE 12 (12:00) 15-Sean Griffin 29 yard field goal is GOOD. CLE 0 STO 3</t>
   </si>
   <si>
     <t>#14 Travis Abell - QB</t>
   </si>
   <si>
-    <t>#55 Gilbert McCoy - LT</t>
+    <t>#75 Gilbert McCoy - LT</t>
   </si>
   <si>
     <t>#49 Jeremy Sheffield - RDE</t>
   </si>
   <si>
     <t>#35 Randall Byrne - SLB</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>(11:57) 15-Sean Griffin kicks 63 yards from STO 35 to CLE 2. 82-Floyd White to CLE 25 for 23 yards. Tackle by 53-David Smith.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:53) 6-Harry Bancroft ran to CLE 28 for 3 yards. Tackle by 53-David Smith.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>CLE 28</t>
   </si>