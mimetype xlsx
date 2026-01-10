--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -335,126 +335,126 @@
   <si>
     <t>#48 Lester "Long" Shot - CB</t>
   </si>
   <si>
     <t>#3 Paul Cannon - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 1-Earl Jackson pass Pass knocked down by 27-Ricardo Bussey. incomplete, intended for 85-John Powell.</t>
   </si>
   <si>
     <t>#1 Earl Jackson - QB</t>
   </si>
   <si>
-    <t>#40 Aaron Moshier - FB</t>
+    <t>#66 Aaron Moshier - C</t>
   </si>
   <si>
     <t>#85 John Powell - TE</t>
   </si>
   <si>
     <t>#86 Cameron Gonzales - WR</t>
   </si>
   <si>
     <t>#7 Jose Berry - WR</t>
   </si>
   <si>
-    <t>#78 Michael Williams - LT</t>
-[...2 lines deleted...]
-    <t>#67 Joseph Diaz - LG</t>
+    <t>#78 Michael Williams - LG</t>
+  </si>
+  <si>
+    <t>#81 Joseph Diaz - WR</t>
   </si>
   <si>
     <t>#68 Ralph Rodriguez - C</t>
   </si>
   <si>
     <t>#55 Cameron May - RG</t>
   </si>
   <si>
     <t>#71 Joseph Britton - RT</t>
   </si>
   <si>
-    <t>#95 Kevin Glass - LDE</t>
+    <t>#95 Kevin Glass - WLB</t>
   </si>
   <si>
     <t>#94 Frank Larson - DT</t>
   </si>
   <si>
     <t>#79 Eugene Wong - DT</t>
   </si>
   <si>
-    <t>#90 Frank Coggin - RDE</t>
-[...8 lines deleted...]
-    <t>#51 Mark Keever - WLB</t>
+    <t>#90 Frank Coggin - WLB</t>
+  </si>
+  <si>
+    <t>#52 Richard Roberson - FS</t>
+  </si>
+  <si>
+    <t>#57 Alfred Workman - FS</t>
+  </si>
+  <si>
+    <t>#51 Mark Keever - FS</t>
   </si>
   <si>
     <t>#29 Ronald Pirkle - CB</t>
   </si>
   <si>
     <t>#28 Jeffrey Bussell - CB</t>
   </si>
   <si>
     <t>#25 Benjamin Walker - CB</t>
   </si>
   <si>
     <t>#27 Ricardo Bussey - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>2-10-JAX 25 (14:58) 1-Earl Jackson pass complete to 86-Cameron Gonzales to JAX 27 for 2 yards. Tackle by 23-Scott Carr.</t>
   </si>
   <si>
-    <t>#93 Kenneth Stowers - LDE</t>
+    <t>#93 Kenneth Stowers - WLB</t>
   </si>
   <si>
     <t>#91 Steven Perez - DT</t>
   </si>
   <si>
-    <t>#56 Melvin Nguyen - MLB</t>
+    <t>#56 Melvin Nguyen - FS</t>
   </si>
   <si>
     <t>#23 Scott Carr - CB</t>
   </si>
   <si>
     <t>#26 Jeffrey Peterman - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>JAX 27</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-JAX 27 (14:14) 1-Earl Jackson pass complete to 71-Joseph Britton to JAX 42 for 15 yards. Tackle by 27-Ricardo Bussey.</t>
   </si>
   <si>
     <t>#65 Roy Cunningham - RT</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>2-10-JAX 42 (13:34) 1-Earl Jackson pass complete to 47-Jack Grubb to JAX 44 for 2 yards. Tackle by 52-Richard Roberson.</t>
   </si>
   <si>
     <t>#8 Don Turner - WR</t>
   </si>
   <si>
     <t>#24 Houston West - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>JAX 44</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-8-JAX 44 (12:56) 1-Earl Jackson pass complete to 8-Don Turner to MIC 44 for 12 yards. Tackle by 27-Ricardo Bussey.</t>
   </si>
   <si>
-    <t>#26 Jamie Melvin - RB</t>
+    <t>#2 Jamie Melvin - FB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>MIC 44</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-MIC 44 (12:18) 1-Earl Jackson pass incomplete, dropped by 8-Don Turner.</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-MIC 44 (12:14) 1-Earl Jackson pass Pass knocked down by 52-Richard Roberson. incomplete, intended for 85-John Powell.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
@@ -545,54 +545,54 @@
   <si>
     <t>MIC 34</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-1-MIC 34 (11:27) 1-Earl Jackson pass incomplete, dropped by 26-Jamie Melvin. Turnover on downs.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIC 34 (11:24) 1-Robert Townsend pass Pass knocked down by 90-Travis Steger. incomplete, intended for 19-Matthew Stewart.</t>
   </si>
   <si>
     <t>#1 Robert Townsend - QB</t>
   </si>
   <si>
-    <t>#30 Sergei Federov  - RB</t>
-[...2 lines deleted...]
-    <t>#32 Jeremiah Knapp - RB</t>
+    <t>#30 Sergei Federov  - WR</t>
+  </si>
+  <si>
+    <t>#82 Jeremiah Knapp - TE</t>
   </si>
   <si>
     <t>#16 Edwin Smith - WR</t>
   </si>
   <si>
     <t>#19 Matthew Stewart - WR</t>
   </si>
   <si>
     <t>#11 Adolfo Sheffield - WR</t>
   </si>
   <si>
     <t>#69 William Johnson - LT</t>
   </si>
   <si>
     <t>#60 Guillermo Jacobs - LG</t>
   </si>
   <si>
     <t>#65 Timothy Wright - C</t>
   </si>
   <si>
     <t>#72 Rickey Burroughs - RG</t>
   </si>
   <si>
     <t>#73 James Galloway - RT</t>
   </si>
@@ -608,81 +608,81 @@
   <si>
     <t>#90 Travis Steger - WLB</t>
   </si>
   <si>
     <t>#29 Thomas Horn - CB</t>
   </si>
   <si>
     <t>#34 Caleb Garrett - CB</t>
   </si>
   <si>
     <t>#41 Leonard Saechao - SS</t>
   </si>
   <si>
     <t>#33 Keith Clark - FS</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-MIC 34 (11:20) 1-Robert Townsend pass complete to 16-Edwin Smith to MIC 37 for 3 yards. Tackle by 29-Thomas Horn.</t>
   </si>
   <si>
-    <t>#36 Jeffrey Cruz - RB</t>
+    <t>#86 Jeffrey Cruz - TE</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>MIC 37</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>3-7-MIC 37 (10:35) 1-Robert Townsend pass complete to 16-Edwin Smith to MIC 46 for 9 yards. Tackle by 29-Thomas Horn. JAX 29-Thomas Horn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Billy Conley - DT</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>MIC 46</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>1-10-MIC 46 (9:59) 1-Robert Townsend pass Pass knocked down by 59-David Stokes. incomplete, intended for 32-Jeremiah Knapp.</t>
   </si>
   <si>
-    <t>#34 Andres Jeffery - RB</t>
+    <t>#34 Andres Jeffery - WR</t>
   </si>
   <si>
     <t>#12 Pavel Datsyuk - WR</t>
   </si>
   <si>
     <t>#13 William Simon - WR</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-MIC 46 (9:55) 30-Sergei Federov  ran to JAX 43 for 11 yards. Tackle by 33-Keith Clark.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>JAX 43</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>2-10-JAX 16 (7:10) 1-Robert Townsend pass complete to 34-Andres Jeffery for 16 yards. TOUCHDOWN! MIC 6 JAX 0</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>JAX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:05) Extra point GOOD by 3-Paul Cannon. MIC 7 JAX 0</t>
   </si>
   <si>
     <t>#8 Edwin Morrow - QB</t>
   </si>
   <si>
     <t>#66 Horace Aoki - C</t>
   </si>
   <si>
-    <t>#35 Kenneth Ratliff - RB</t>
+    <t>#85 Kenneth Ratliff - TE</t>
   </si>
   <si>
     <t>#64 Rodolfo Luna - LG</t>
   </si>
   <si>
     <t>#58 Charles Callahan - RDE</t>
   </si>
   <si>
     <t>#28 Roman Gantt - CB</t>
   </si>
   <si>
     <t>#9 Jonathan Martinez - RB</t>
   </si>
   <si>
     <t>(7:05) 3-Paul Cannon kicks 74 yards from MIC 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-JAX 25 (7:05) 1-Earl Jackson pass complete to 71-Joseph Britton to JAX 30 for 5 yards. Tackle by 28-Jeffrey Bussell.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
@@ -941,51 +941,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-15-JAX 32 (13:34) 4-Orlando Smith punts 48 yards to MIC 20. Fair Catch by 30-Sergei Federov .</t>
   </si>
   <si>
     <t>#4 Orlando Smith - P</t>
   </si>
   <si>
     <t>#50 John Reith - C</t>
   </si>
   <si>
     <t>#74 Enrique Grullon - LT</t>
   </si>
   <si>
-    <t>#98 Johnathon Marshall - RDE</t>
+    <t>#98 Johnathon Marshall - WLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>MIC 20</t>
   </si>
   <si>
     <t>1-10-MIC 20 (13:28) 32-Jeremiah Knapp ran to MIC 35 for 15 yards. Tackle by 34-Caleb Garrett.</t>
   </si>
   <si>
     <t>#67 Dennis Cline - LT</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-MIC 35 (12:50) 30-Sergei Federov  ran to MIC 39 for 4 yards. Tackle by 52-Robert Jansson.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
@@ -1202,51 +1202,51 @@
   <si>
     <t>1-10-JAX 47 (2:59) 1-Robert Townsend pass complete to 32-Jeremiah Knapp to JAX 33 for 14 yards. Tackle by 29-Thomas Horn.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>1-10-JAX 33 (2:22) 36-Jeffrey Cruz ran to JAX 26 for 7 yards. Tackle by 33-Keith Clark.</t>
   </si>
   <si>
     <t>#18 Arthur Bogdan - WR</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>JAX 26</t>
   </si>
   <si>
     <t>2-3-JAX 26 (2:00) 34-Andres Jeffery ran to JAX 14 for 12 yards. Tackle by 33-Keith Clark.</t>
   </si>
   <si>
-    <t>#33 John Lowe - RB</t>
+    <t>#33 John Lowe - TE</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>JAX 14</t>
   </si>
   <si>
     <t>1-10-JAX 14 (1:25) 1-Robert Townsend pass incomplete, intended for 19-Matthew Stewart.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>2-10-JAX 14 (1:21) 37-Mark Reyes ran to JAX 12 for 2 yards. Tackle by 59-David Stokes.</t>
   </si>
   <si>
     <t>#37 Mark Reyes - RB</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>Timeout MIC</t>
   </si>
@@ -2229,52 +2229,52 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="365.625" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>