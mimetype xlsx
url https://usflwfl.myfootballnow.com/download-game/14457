--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -308,51 +308,51 @@
   <si>
     <t>#61 Arthur Millington - DT</t>
   </si>
   <si>
     <t>#60 Ware Waldo - LT</t>
   </si>
   <si>
     <t>#55 Willard Walker - RDE</t>
   </si>
   <si>
     <t>#63 Eric Derrick - DT</t>
   </si>
   <si>
     <t>#59 Arthur Silvera - FS</t>
   </si>
   <si>
     <t>#20 Rusty Valenzuela - SS</t>
   </si>
   <si>
     <t>#56 Gene Lawson - MLB</t>
   </si>
   <si>
     <t>#91 David Crowley - SLB</t>
   </si>
   <si>
-    <t>#99 Miguel Frigo - MLB</t>
+    <t>#53 Miguel Frigo - MLB</t>
   </si>
   <si>
     <t>#50 Matthew McGrath - MLB</t>
   </si>
   <si>
     <t>#1 Michael Marmon - K</t>
   </si>
   <si>
     <t>NOV</t>
   </si>
   <si>
     <t>NOV 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NOV 25 (15:00) 19-Michael Applebaum pass complete to 85-Richard Clark to NOV 34 for 9 yards. Tackle by 37-William Allen. 85-Richard Clark did some fancy footwork there.</t>
   </si>
   <si>
     <t>#19 Michael Applebaum - QB</t>
   </si>
@@ -1730,51 +1730,51 @@
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-7-HON 28 (5:48) 19-Michael Applebaum pass incomplete, dropped by 88-Ruben Hines. Pressure by 72-Joel Shivers.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>3-7-HON 28 (5:44) 19-Michael Applebaum pass Pass knocked down by 29-Bobby Mercier. incomplete, intended for 16-David Smith.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-7-HON 28 (5:42) 19-Michael Applebaum pass complete to 14-Walter Ballard to HON 26 for 3 yards. Tackle by 32-Dennis Richardson. Turnover on downs.</t>
   </si>
   <si>
-    <t>#34 Nathan Gomez - RB</t>
+    <t>#29 Nathan Gomez - RB</t>
   </si>
   <si>
     <t>HON 26</t>
   </si>
   <si>
     <t>1-10-HON 26 (5:38) 81-Calvin Crofoot ran to HON 34 for 8 yards. 81-Calvin Crofoot FUMBLES (35-Lewis Shephard) recovered by HON-11-Ali Blevins at HON 35. Tackle by 59-Arthur Silvera.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>2-1-HON 35 (4:59) 4-Tyrone Coates pass complete to 43-Jeremy Ervin to HON 43 for 8 yards. Tackle by 42-James Tolliver.</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>1-10-HON 43 (4:14) 81-Calvin Crofoot ran to HON 41 for -2 yards. Tackle by 91-David Crowley. I think the offense is starting to overuse that play.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>2-12-HON 41 (3:36) 86-Daniel Yarbrough ran to NOV 48 for 11 yards. Tackle by 59-Arthur Silvera.</t>
   </si>