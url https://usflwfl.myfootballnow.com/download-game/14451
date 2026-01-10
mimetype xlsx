--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 43-Steve Miller ran to BIR 27 for 2 yards. Tackle by 59-Bobby Penny.</t>
   </si>
   <si>
     <t>#16 Mike Hunt - QB</t>
   </si>
   <si>
     <t>#45 Marcus Gonzalez - FB</t>
   </si>
   <si>
     <t>#80 Chris McArthur - TE</t>
   </si>
   <si>
     <t>#14 Timothy Hernandez - WR</t>
   </si>
   <si>
     <t>#88 David Glover - WR</t>
   </si>
   <si>
     <t>#52 Edward Green - RG</t>
   </si>
   <si>
-    <t>#68 Matt Wright - LG</t>
+    <t>#53 Matt Wright - LG</t>
   </si>
   <si>
     <t>#64 Bob Crawford - C</t>
   </si>
   <si>
     <t>#78 Herbert Brown - RT</t>
   </si>
   <si>
     <t>#42 Billy Clair - LDE</t>
   </si>
   <si>
     <t>#70 Nick Erickson - DT</t>
   </si>
   <si>
     <t>#68 Terry Macha - DT</t>
   </si>
   <si>
     <t>#79 William Maki - RDE</t>
   </si>
   <si>
     <t>#99 Daniel Ramage - SLB</t>
   </si>
   <si>
     <t>#59 Bobby Penny - MLB</t>
   </si>