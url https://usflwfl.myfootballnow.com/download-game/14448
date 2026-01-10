--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -500,51 +500,51 @@
   <si>
     <t>STO 10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-STO 10 (12:13) 39-Victor Salinas ran to STO 6 for -4 yards. Tackle by 54-Kenneth Green. STO 74-Johnny Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 Charles Clark - QB</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
     <t>#39 Victor Salinas - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
-    <t>#88 Glenn Roach - WR</t>
+    <t>#80 Glenn Roach - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>
   <si>
     <t>#70 Patrick Smith - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#78 Howard Healy - RG</t>
   </si>
   <si>
     <t>#71 Eugene Boswell - RG</t>
   </si>
   <si>
     <t>#92 Robert Camp - WLB</t>
   </si>
   <si>
     <t>#60 John Cole - RDE</t>
   </si>
@@ -1160,51 +1160,51 @@
   <si>
     <t>2-15-MEM 37 (0:58) 19-Charles Clark pass Pass knocked down by 31-Melvin Williams. incomplete, intended for 81-Lawrence Przybylski.</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>3-15-MEM 37 (0:54) 19-Charles Clark pass incomplete, dropped by 39-Victor Salinas. Pressure by 60-John Cole.</t>
   </si>
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-15-MEM 37 (0:50) 15-Sean Griffin 54 yard field goal is GOOD. MEM 0 STO 3</t>
   </si>
   <si>
     <t>#14 Travis Abell - QB</t>
   </si>
   <si>
-    <t>#55 Gilbert McCoy - LT</t>
+    <t>#75 Gilbert McCoy - LT</t>
   </si>
   <si>
     <t>#38 Larry Johnson - CB</t>
   </si>
   <si>
     <t>#93 David Graham - RDE</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>(0:46) 15-Sean Griffin kicks 74 yards from STO 35 to MEM -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MEM 25 (0:46) 84-Richard Kelleher ran to MEM 23 for -2 yards. Tackle by 23-Terry Worley.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>MEM 23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -1280,51 +1280,51 @@
   <si>
     <t>STO 4</t>
   </si>
   <si>
     <t>2-3-STO 4 (11:16) 19-Keith Carter pass complete to 86-Mike Simon for 4 yards. TOUCHDOWN! MEM 6 STO 3</t>
   </si>
   <si>
     <t>#65 Joshua Norton - CB</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>(11:13) Extra point GOOD by 17-Harvey Holcomb. MEM 7 STO 3</t>
   </si>
   <si>
     <t>#9 Jack Gentry - QB</t>
   </si>
   <si>
     <t>#78 William Harris - C</t>
   </si>
   <si>
-    <t>#69 Dennis McDowell - RDE</t>
+    <t>#91 Dennis McDowell - RDE</t>
   </si>
   <si>
     <t>#73 Reginald Hutchinson - RDE</t>
   </si>
   <si>
     <t>(11:13) 17-Harvey Holcomb kicks 74 yards from MEM 35 to STO -9. 39-Victor Salinas to STO 16 for 26 yards. Tackle by 16-Bill Baumbach.</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>STO 16</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-STO 16 (11:09) PENALTY - False Start (STO 88-Glenn Roach)</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-15-STO 11 (11:09) 81-Lawrence Przybylski ran to STO 16 for 5 yards. Tackle by 31-Melvin Williams.</t>
   </si>