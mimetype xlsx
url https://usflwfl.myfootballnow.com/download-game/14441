--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -377,51 +377,51 @@
   <si>
     <t>#67 Joseph Herrera - LG</t>
   </si>
   <si>
     <t>#50 Derek Berkowitz - C</t>
   </si>
   <si>
     <t>#69 Martin Stevens - RG</t>
   </si>
   <si>
     <t>#62 George Parton - RT</t>
   </si>
   <si>
     <t>#92 Bull Winkle - LDE</t>
   </si>
   <si>
     <t>#59 Carl Dickerson - DT</t>
   </si>
   <si>
     <t>#95 William Brownfield - DT</t>
   </si>
   <si>
     <t>#54 John Cree - RDE</t>
   </si>
   <si>
-    <t>#76 John Quigley - SLB</t>
+    <t>#76 John Quigley - WLB</t>
   </si>
   <si>
     <t>#56 Boba Louie - MLB</t>
   </si>
   <si>
     <t>#49 Peter Murphy - SLB</t>
   </si>
   <si>
     <t>#30 Del Pickle - CB</t>
   </si>
   <si>
     <t>#28 ToDa House - CB</t>
   </si>
   <si>
     <t>#48 Tua Short - SS</t>
   </si>
   <si>
     <t>#39 Phil Gapp - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CHA 21</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>NYS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYS 48 (12:42) 27-Joel Rogers ran to CHA 42 for 10 yards. Tackle by 26-Samual Zenon.</t>
   </si>
   <si>
     <t>#18 Austin Harned - QB</t>
   </si>
   <si>
     <t>#27 Joel Rogers - RB</t>
   </si>
   <si>
     <t>#83 Robert Pinson - TE</t>
   </si>
   <si>
     <t>#86 Jacob Becker - WR</t>
   </si>
   <si>
-    <t>#9 Thomas Barksdale - WR</t>
+    <t>#9 Thomas Barksdale - RB</t>
   </si>
   <si>
     <t>#17 Michael Rockwell - WR</t>
   </si>
   <si>
     <t>#79 Sylvester Murphy - LT</t>
   </si>
   <si>
     <t>#74 Robert Rusk - LG</t>
   </si>
   <si>
     <t>#70 John Vincent - C</t>
   </si>
   <si>
     <t>#51 Jacob Mayfield - RG</t>
   </si>
   <si>
     <t>#65 Randy Rosenthal - RT</t>
   </si>
   <si>
     <t>#92 Terry Quezada - LDE</t>
   </si>
   <si>
     <t>#71 Leonard Holmes - DT</t>
   </si>
@@ -812,51 +812,51 @@
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>CHA 3</t>
   </si>
   <si>
     <t>2-3-CHA 3 (2:48) 18-Austin Harned pass Pass knocked down by 33-Arthur Brownfield. incomplete, intended for 83-Robert Pinson.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-3-CHA 3 (2:45) 18-Austin Harned pass Pass knocked down by 96-David Mays. incomplete, intended for 83-Robert Pinson. 96-David Mays got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:41</t>
   </si>
   <si>
     <t>4-3-CHA 3 (2:42) 7-Raymond Spencer 20 yard field goal is GOOD. CHA 0 NYS 10</t>
   </si>
   <si>
-    <t>#57 Scott Williams - RT</t>
+    <t>#57 Scott Williams - LT</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>(2:40) 13-Steven Cummins kicks 72 yards from NYS 35 to CHA -7. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-CHA 25 (2:40) 16-Edward Cassady pass complete to 81-Harlan Uribe to CHA 46 for 21 yards. Tackle by 48-Tua Short. PENALTY - Holding (CHA 67-Joseph Herrera)</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>Singleback 4 Wide Clear Center</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
@@ -1811,51 +1811,51 @@
   <si>
     <t>3-5-CHA 5 (3:00) 27-Joel Rogers ran to CHA 5 for 1 yards. Tackle by 79-Robert Mollica.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>4-5-CHA 5 (2:22) 7-Raymond Spencer 22 yard field goal is GOOD. CHA 10 NYS 29</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>(2:20) 13-Steven Cummins kicks 65 yards from NYS 35 to CHA 0. 80-David Ellison to CHA 24 for 24 yards. Tackle by 9-Thomas Barksdale.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-CHA 24 (2:16) 16-Edward Cassady pass complete to 30-Frank Whiting to CHA 31 for 6 yards. Tackle by 26-Steven Brown. Nice job by 30-Frank Whiting on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#69 Lindsay Cronin - RDE</t>
+    <t>#40 Lindsay Cronin - SS</t>
   </si>
   <si>
     <t>#94 Charles Spurlock - RDE</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-4-CHA 31 (2:00) 16-Edward Cassady pass complete to 80-David Ellison to CHA 37 for 7 yards. Tackle by 5-Joseph Mesa. Great move by 80-David Ellison to get free of his coverage.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>CHA 37</t>
   </si>
   <si>
     <t>1-10-CHA 37 (1:38) 16-Edward Cassady pass complete to 81-Harlan Uribe to NYS 36 for 27 yards. Tackle by 52-Jeffrey Potter. Great move by 81-Harlan Uribe to get free of his coverage. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
@@ -1871,51 +1871,51 @@
   <si>
     <t>I Formation Normal TE Out</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-NYS 36 (1:12) 16-Edward Cassady sacked at NYS 45 for -9 yards (94-Charles Spurlock). Sack allowed by 74-Dale Cagle.</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>NYS 45</t>
   </si>
   <si>
     <t>3-19-NYS 45 (0:53) 16-Edward Cassady pass complete to 80-David Ellison to NYS 28 for 18 yards. Tackle by 5-Joseph Mesa. Great move by 80-David Ellison to get free of his coverage.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>4-2-NYS 28 (0:33) 5-Herbert Parks 45 yard field goal is GOOD. CHA 13 NYS 29</t>
   </si>
   <si>
-    <t>#36 John Durst - RB</t>
+    <t>#36 John Durst - RDE</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>(0:29) 5-Herbert Parks kicks 70 yards from CHA 35 to NYS -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYS 25 (0:29) 31-Carlos Scott ran to NYS 26 for 1 yards. Tackle by 92-Terry Quezada. NYS 9-Thomas Barksdale was injured on the play.</t>
   </si>
   <si>
     <t>Timeout CHA</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>NYS 26</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-9-NYS 26 (0:26) 31-Carlos Scott ran to NYS 28 for 2 yards. Tackle by 76-Shannon Nelson.</t>
   </si>