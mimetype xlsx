--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -578,51 +578,51 @@
   <si>
     <t>4-15-ORL 19 (9:06) 19-Donald Doubledoink 36 yard field goal is GOOD. GAF 3 ORL 0</t>
   </si>
   <si>
     <t>#1 John Hill - P</t>
   </si>
   <si>
     <t>#71 Gerald Matos - C</t>
   </si>
   <si>
     <t>#19 Donald Doubledoink - K</t>
   </si>
   <si>
     <t>#50 Eric Hicks - LT</t>
   </si>
   <si>
     <t>#67 Gene Stevens - C</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>(9:03) 19-Donald Doubledoink kicks 75 yards from GAF 35 to ORL -10. Touchback.</t>
   </si>
   <si>
-    <t>#31 Bill Minks - RB</t>
+    <t>#27 Bill Minks - RB</t>
   </si>
   <si>
     <t>#90 James Carver - WLB</t>
   </si>
   <si>
     <t>ORL 25</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>1-10-ORL 25 (9:03) 12-Jesse Alexander pass Pass knocked down by 38-Terence Roderick. incomplete, intended for 19-James Albert.</t>
   </si>
   <si>
     <t>#12 Jesse Alexander - QB</t>
   </si>
   <si>
     <t>#41 Erich Diaz - FB</t>
   </si>
   <si>
     <t>#81 Joshua Towe - TE</t>
   </si>
   <si>
     <t>#19 James Albert - WR</t>
   </si>