--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -515,51 +515,51 @@
   <si>
     <t>DET 42</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>2-8-DET 42 (10:57) 39-Todd Johnson ran to DET 40 for -2 yards. Tackle by 59-Allan Getz.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-10-DET 40 (10:23) 3-James Langlais pass complete to 39-Todd Johnson to DET 41 for 1 yards. Tackle by 37-Richard Clarke.</t>
   </si>
   <si>
     <t>#37 Richard Clarke - CB</t>
   </si>
   <si>
     <t>#48 George Harris - CB</t>
   </si>
   <si>
-    <t>#57 Robert Delgado - MLB</t>
+    <t>#29 Robert Delgado - CB</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-DET 41 (9:44) 8-Alex Jones punts 45 yards to SCS 13.</t>
   </si>
   <si>
     <t>#8 Alex Jones - P</t>
   </si>
   <si>
     <t>#62 Horace McBride - LT</t>
   </si>
   <si>
     <t>#11 Sean Johnson - WR</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>2-3-SCS 36 (7:29) 8-Domingo Robinson pass complete to 21-Sean Johnson to SCS 49 for 13 yards.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>SCS 49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-SCS 49 (6:48) 30-James Reese ran to DET 47 for 4 yards. Tackle by 58-Herbert Herman.</t>
   </si>
   <si>
     <t>#30 James Reese - FB</t>
   </si>
   <si>
-    <t>#23 Raymond Flores - RB</t>
+    <t>#21 Raymond Flores - RB</t>
   </si>
   <si>
     <t>#44 Richard Bird - CB</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-DET 47 (6:12) 8-Domingo Robinson pass complete to 23-Raymond Flores for 47 yards. TOUCHDOWN! PENALTY - Holding (SCS 67-Noel Wright)</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>SCS 43</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -1157,51 +1157,51 @@
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>SCS 47</t>
   </si>
   <si>
     <t>1-10-SCS 47 (1:10) 8-Domingo Robinson pass complete to 23-Raymond Flores to SCS 50 for 3 yards. Tackle by 90-Lee Russ.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>Timeout SCS</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-7-SCS 50 (1:04) 8-Domingo Robinson pass complete to 18-Ismael Bennett to DET 43 for 7 yards. Tackle by 52-Jerry Felts.</t>
   </si>
   <si>
-    <t>#85 Luke Lucas - TE</t>
+    <t>#42 Luke Lucas - FB</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>1-10-DET 43 (0:46) 8-Domingo Robinson pass Pass knocked down by 58-Herbert Herman. incomplete, intended for 15-Michael Ingram.</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>2-10-DET 43 (0:43) 8-Domingo Robinson pass complete to 30-James Reese to DET 38 for 5 yards. Tackle by 90-Lee Russ.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>DET 38</t>
   </si>
   <si>
     <t>3-5-DET 38 (0:37) 8-Domingo Robinson pass Pass knocked down by 52-Jerry Felts. incomplete, intended for 23-Raymond Flores. SCS 67-Noel Wright was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2220,78 +2220,78 @@
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>