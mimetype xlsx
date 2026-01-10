--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -281,198 +281,198 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BOS has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>BOS</t>
   </si>
   <si>
     <t>BOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Glenn Jackson kicks 65 yards from BOS 35 to PHI 0. 84-Anthony Kam to PHI 25 for 25 yards. Tackle by 1-Leonard Decicco.</t>
   </si>
   <si>
-    <t>#84 Anthony Kam - WR</t>
+    <t>#49 Anthony Kam - FB</t>
   </si>
   <si>
     <t>#27 Steven Wood - CB</t>
   </si>
   <si>
     <t>#43 Carmen Thompson - CB</t>
   </si>
   <si>
-    <t>#58 Joshua Satterfield - MLB</t>
+    <t>#58 Joshua Satterfield - WLB</t>
   </si>
   <si>
     <t>#21 Martin Harrington - CB</t>
   </si>
   <si>
     <t>#48 Joseph Green - CB</t>
   </si>
   <si>
-    <t>#76 Jeffrey Foxx - C</t>
+    <t>#76 Jeffrey Foxx - RT</t>
   </si>
   <si>
     <t>#95 Manuel Whitfield - SS</t>
   </si>
   <si>
-    <t>#97 Charles Riggs - WLB</t>
+    <t>#97 Charles Riggs - LDE</t>
   </si>
   <si>
     <t>#53 Peter Pollard - DT</t>
   </si>
   <si>
     <t>#56 Michael Richmond - WLB</t>
   </si>
   <si>
     <t>#2 Glenn Jackson - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Dime Flat Cover 2</t>
   </si>
   <si>
     <t>1-10-PHI 25 (14:55) PENALTY - False Start (PHI 51-James North)</t>
   </si>
   <si>
     <t>#12 Donald Davis - QB</t>
   </si>
   <si>
-    <t>#22 Daniel Burrow - WR</t>
+    <t>#22 Daniel Burrow - RB</t>
   </si>
   <si>
     <t>#34 Evan Stokes - WR</t>
   </si>
   <si>
     <t>#1 John Yen - WR</t>
   </si>
   <si>
     <t>#81 Howard Becker - WR</t>
   </si>
   <si>
-    <t>#80 Julian Lombard - WR</t>
-[...5 lines deleted...]
-    <t>#66 Emilio Nappi - C</t>
+    <t>#80 Julian Lombard - TE</t>
+  </si>
+  <si>
+    <t>#79 John Meadows - LT</t>
+  </si>
+  <si>
+    <t>#66 Emilio Nappi - LG</t>
   </si>
   <si>
     <t>#51 James North - C</t>
   </si>
   <si>
-    <t>#77 Conrad Maziarz - C</t>
+    <t>#77 Conrad Maziarz - RG</t>
   </si>
   <si>
     <t>#54 Marvin Howell - LDE</t>
   </si>
   <si>
     <t>#92 Ruben Dougherty - DT</t>
   </si>
   <si>
     <t>#75 Jerry Franklin - DT</t>
   </si>
   <si>
     <t>#69 Richard McCord - RDE</t>
   </si>
   <si>
     <t>#58 David Wood - MLB</t>
   </si>
   <si>
     <t>#45 Juan Hyde - CB</t>
   </si>
   <si>
     <t>#23 Todd McCain - CB</t>
   </si>
   <si>
     <t>#27 Reynaldo Lemke - SS</t>
   </si>
   <si>
     <t>#36 Mike Harris - CB</t>
   </si>
   <si>
     <t>#40 Mark Armstrong - SS</t>
   </si>
   <si>
     <t>#29 Vernon Christopher - CB</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Shotgun 5 Wide FL Hook</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>1-15-PHI 20 (14:55) 12-Donald Davis pass incomplete, intended for 87-Harold Rock. PENALTY - Defensive Holding (BOS 27-Reynaldo Lemke)</t>
   </si>
   <si>
-    <t>#87 Harold Rock - WR</t>
+    <t>#87 Harold Rock - TE</t>
   </si>
   <si>
     <t>#99 Brian Stalter - LDE</t>
   </si>
   <si>
     <t>#53 Joseph Renteria - WLB</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>1-10-PHI 25 (14:52) 12-Donald Davis pass complete to 44-William Leiva to PHI 40 for 14 yards. Tackle by 45-Juan Hyde.</t>
   </si>
   <si>
-    <t>#44 William Leiva - WR</t>
+    <t>#44 William Leiva - FB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>PHI 40</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Drag WR Mix</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PHI 40 (14:09) 12-Donald Davis pass complete to 1-John Yen to PHI 44 for 4 yards. Tackle by 45-Juan Hyde.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#84 Charles Grogan - TE</t>
   </si>
   <si>
     <t>#67 Charles Curry - LT</t>
   </si>
   <si>
     <t>#77 Rain Smeller - LG</t>
   </si>
   <si>
     <t>#68 Michael Smith - C</t>
   </si>
   <si>
     <t>#60 Brian Roberts - LG</t>
   </si>
   <si>
     <t>#73 Randy Smith - RT</t>
   </si>
   <si>
     <t>#65 Justin Willis - LDE</t>
   </si>
   <si>
     <t>#90 Douglas Hanna - DT</t>
   </si>
   <si>
-    <t>#94 Paul Widener - RDE</t>
+    <t>#79 Paul Widener - RDE</t>
   </si>
   <si>
     <t>#96 Alfred Durand - MLB</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>BOS 21</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-BOS 21 (9:25) 9-John Harris pass incomplete, dropped by 22-Timothy Newbury.</t>
   </si>
   <si>
     <t>#1 Leonard Decicco - WR</t>
   </si>
   <si>
     <t>#12 Joshua Olinger - WR</t>
   </si>
@@ -710,60 +710,60 @@
   <si>
     <t>3-10-BOS 26 (6:34) 22-Daniel Burrow ran to BOS 27 for -1 yards. Tackle by 99-Brian Stalter.</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-BOS 27 (5:53) 3-Reynaldo Paris 45 yard field goal is GOOD. PHI 3 BOS 0</t>
   </si>
   <si>
     <t>#19 Frank London - QB</t>
   </si>
   <si>
     <t>#54 Johnnie Morris - C</t>
   </si>
   <si>
     <t>#3 Reynaldo Paris - K</t>
   </si>
   <si>
-    <t>#52 James Skinner - C</t>
-[...8 lines deleted...]
-    <t>#70 Michael Strange - C</t>
+    <t>#52 James Skinner - LG</t>
+  </si>
+  <si>
+    <t>#78 Johnny Drummond - LT</t>
+  </si>
+  <si>
+    <t>#75 Jason Herron - RT</t>
+  </si>
+  <si>
+    <t>#70 Michael Strange - RG</t>
   </si>
   <si>
     <t>#50 Andrew Gilyard - MLB</t>
   </si>
   <si>
     <t>#96 Harold Quinn - SLB</t>
   </si>
   <si>
     <t>#52 George Greiner - WLB</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(5:50) 3-Reynaldo Paris kicks 75 yards from PHI 35 to BOS -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Fred Thomas - WR</t>
   </si>
   <si>
     <t>BOS 25</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>PHI 9</t>
   </si>
   <si>
     <t>3-5-PHI 9 (2:21) 32-Benjamin Hammond ran to PHI 10 for -1 yards. Tackle by 56-Michael Richmond.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>PHI 10</t>
   </si>
   <si>
     <t>4-6-PHI 10 (1:43) 2-Glenn Jackson 27 yard field goal is GOOD. PHI 3 BOS 3</t>
   </si>
   <si>
     <t>#56 Kim Huntley - RT</t>
   </si>
   <si>
     <t>#93 Anthony Kuiper - DT</t>
   </si>
   <si>
     <t>#92 James Box - DT</t>
   </si>
   <si>
-    <t>#61 Ralph Magallanes - WLB</t>
+    <t>#72 Ralph Magallanes - RDE</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>(1:40) 2-Glenn Jackson kicks 65 yards from BOS 35 to PHI 0. 84-Anthony Kam to PHI 26 for 27 yards. 84-Anthony Kam FUMBLES (12-Joshua Olinger) recovered by PHI-97-Charles Riggs at PHI 24. Tackle by 50-Andrew Gilyard.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>1-10-PHI 24 (1:35) 12-Donald Davis ran to PHI 30 for 6 yards. Tackle by 69-Richard McCord.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>PHI 30</t>
   </si>
   <si>
     <t>2-4-PHI 30 (0:56) 34-Evan Stokes ran to PHI 27 for -3 yards. Tackle by 53-Joseph Renteria.</t>
   </si>
@@ -2194,94 +2194,94 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>