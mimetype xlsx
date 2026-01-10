--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -341,93 +341,93 @@
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>STO 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-STO 25 (15:00) 19-Charles Clark pass complete to 81-Lawrence Przybylski to STO 34 for 9 yards. Tackle by 27-Ricardo Bussey. PENALTY - Unnecessary Roughness (MIC 27-Ricardo Bussey)</t>
   </si>
   <si>
     <t>#19 Charles Clark - QB</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
     <t>#88 Richard Barth - WR</t>
   </si>
   <si>
-    <t>#88 Glenn Roach - WR</t>
+    <t>#80 Glenn Roach - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>
   <si>
     <t>#70 Patrick Smith - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#78 Howard Healy - RG</t>
   </si>
   <si>
     <t>#71 Eugene Boswell - RG</t>
   </si>
   <si>
-    <t>#93 Kenneth Stowers - LDE</t>
+    <t>#93 Kenneth Stowers - WLB</t>
   </si>
   <si>
     <t>#94 Frank Larson - DT</t>
   </si>
   <si>
     <t>#91 Steven Perez - DT</t>
   </si>
   <si>
-    <t>#90 Frank Coggin - RDE</t>
-[...8 lines deleted...]
-    <t>#50 Jason Gadson - WLB</t>
+    <t>#90 Frank Coggin - WLB</t>
+  </si>
+  <si>
+    <t>#51 Mark Keever - FS</t>
+  </si>
+  <si>
+    <t>#56 Melvin Nguyen - FS</t>
+  </si>
+  <si>
+    <t>#50 Jason Gadson - FS</t>
   </si>
   <si>
     <t>#23 Scott Carr - CB</t>
   </si>
   <si>
     <t>#29 Ronald Pirkle - CB</t>
   </si>
   <si>
     <t>#26 Jeffrey Peterman - CB</t>
   </si>
   <si>
     <t>#27 Ricardo Bussey - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>STO 49</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-STO 49 (14:56) 81-Lawrence Przybylski ran to STO 50 for 1 yards. Tackle by 93-Kenneth Stowers. 88-Glenn Roach was caught flat-footed on this play.</t>
   </si>
@@ -482,186 +482,186 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-14-STO 45 (14:15) 19-Charles Clark pass Pass knocked down by 29-Ronald Pirkle. incomplete, intended for 88-Glenn Roach. 29-Ronald Pirkle got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-STO 45 (14:13) 12-Steven Coon punts 55 yards to MIC 0.4-14-STO 45 (14:13) 12-Steven Coon punts 55 yards to MIC 0. Touchback.</t>
   </si>
   <si>
     <t>#12 Steven Coon - P</t>
   </si>
   <si>
     <t>#82 Kenneth Gerke - WR</t>
   </si>
   <si>
-    <t>#30 Sergei Federov  - RB</t>
+    <t>#30 Sergei Federov  - WR</t>
   </si>
   <si>
     <t>#69 William Johnson - LT</t>
   </si>
   <si>
     <t>#51 Nathan Davis - LT</t>
   </si>
   <si>
     <t>#63 Donald Clifford - RG</t>
   </si>
   <si>
     <t>#79 Eugene Wong - DT</t>
   </si>
   <si>
-    <t>#98 Johnathon Marshall - RDE</t>
+    <t>#98 Johnathon Marshall - WLB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>MIC 20</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-MIC 20 (14:04) 1-Robert Townsend pass complete to 32-Jeremiah Knapp to MIC 31 for 11 yards. Tackle by 99-Clifford Farmer.</t>
   </si>
   <si>
     <t>#1 Robert Townsend - QB</t>
   </si>
   <si>
-    <t>#32 Jeremiah Knapp - RB</t>
+    <t>#82 Jeremiah Knapp - TE</t>
   </si>
   <si>
     <t>#16 Edwin Smith - WR</t>
   </si>
   <si>
     <t>#19 Matthew Stewart - WR</t>
   </si>
   <si>
     <t>#11 Adolfo Sheffield - WR</t>
   </si>
   <si>
     <t>#67 Dennis Cline - LT</t>
   </si>
   <si>
     <t>#60 Guillermo Jacobs - LG</t>
   </si>
   <si>
     <t>#65 Timothy Wright - C</t>
   </si>
   <si>
     <t>#72 Rickey Burroughs - RG</t>
   </si>
   <si>
     <t>#73 James Galloway - RT</t>
   </si>
   <si>
     <t>#1 Clinton Walsh - RDE</t>
   </si>
   <si>
     <t>#60 Peter Chancellor - DT</t>
   </si>
   <si>
     <t>#69 Gregory McDonald - DT</t>
   </si>
   <si>
     <t>#96 Sydney Wheeler - RDE</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>MIC 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-MIC 31 (13:22) 30-Sergei Federov  ran to MIC 34 for 3 yards. Tackle by 53-David Smith.</t>
   </si>
   <si>
-    <t>#35 Kenneth Ratliff - RB</t>
+    <t>#85 Kenneth Ratliff - TE</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>MIC 34</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-7-MIC 34 (12:38) 1-Robert Townsend pass incomplete, intended for 16-Edwin Smith. Pressure by 96-Sydney Wheeler.</t>
   </si>
   <si>
-    <t>#36 Jeffrey Cruz - RB</t>
+    <t>#86 Jeffrey Cruz - TE</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-MIC 34 (12:33) 1-Robert Townsend pass complete to 16-Edwin Smith to MIC 39 for 5 yards. Tackle by 38-Henry Greear.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>MIC 39</t>
   </si>
   <si>
     <t>4-2-MIC 39 (11:55) 4-Joseph McCreight punts 52 yards to STO 9.</t>
   </si>
   <si>
     <t>#4 Joseph McCreight - P</t>
   </si>
   <si>
     <t>#16 John Johnson - WR</t>
   </si>
   <si>
-    <t>#34 Andres Jeffery - RB</t>
+    <t>#34 Andres Jeffery - WR</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>STO 9</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-STO 9 (11:46) 81-Lawrence Przybylski ran to STO 9 for a short loss. Tackle by 50-Jason Gadson.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-10-STO 9 (11:06) PENALTY - False Start (STO 81-Lawrence Przybylski)</t>
   </si>
@@ -701,69 +701,69 @@
   <si>
     <t>STO 36</t>
   </si>
   <si>
     <t>1-10-STO 36 (9:45) 81-Lawrence Przybylski ran to STO 35 for -1 yards. Tackle by 50-Jason Gadson. STO 70-Patrick Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>STO 35</t>
   </si>
   <si>
     <t>2-11-STO 35 (9:04) 81-Lawrence Przybylski ran to STO 37 for 2 yards. Tackle by 50-Jason Gadson.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>STO 37</t>
   </si>
   <si>
     <t>3-8-STO 37 (8:23) 19-Charles Clark pass complete to 84-Jessie Anderson to MIC 35 for 27 yards. Tackle by 29-Ronald Pirkle.</t>
   </si>
   <si>
-    <t>#55 Gilbert McCoy - LT</t>
+    <t>#75 Gilbert McCoy - LT</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>1-10-MIC 35 (7:47) 19-Charles Clark pass complete to 88-Glenn Roach to MIC 34 for 2 yards. Tackle by 29-Ronald Pirkle.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>2-8-MIC 34 (7:01) 19-Charles Clark sacked at MIC 42 for -8 yards (90-Frank Coggin). Sack allowed by 74-Johnny Williams.</t>
   </si>
   <si>
-    <t>#52 Richard Roberson - MLB</t>
+    <t>#52 Richard Roberson - FS</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>MIC 42</t>
   </si>
   <si>
     <t>3-17-MIC 42 (6:22) 19-Charles Clark sacked at STO 49 for -8 yards (90-Frank Coggin). Sack allowed by 71-Eugene Boswell.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>4-25-STO 49 (5:47) 12-Steven Coon punts 51 yards to MIC 0.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>MIC 0</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -1067,78 +1067,78 @@
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>STO 17</t>
   </si>
   <si>
     <t>3-7-STO 17 (5:57) 34-Andres Jeffery ran to STO 18 for -1 yards. Tackle by 53-David Smith.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>STO 18</t>
   </si>
   <si>
     <t>4-8-STO 18 (5:17) 3-Paul Cannon 35 yard field goal is GOOD. STO 3 MIC 3</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>#65 Joshua Norton - CB</t>
   </si>
   <si>
-    <t>#69 Dennis McDowell - RDE</t>
+    <t>#91 Dennis McDowell - RDE</t>
   </si>
   <si>
     <t>#79 Alan Hogan - RDE</t>
   </si>
   <si>
     <t>#73 Reginald Hutchinson - RDE</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>(5:15) 3-Paul Cannon kicks 75 yards from MIC 35 to STO -10. 39-Victor Salinas to STO 30 for 40 yards. Tackle by 3-Paul Cannon.</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>STO 30</t>
   </si>
   <si>
     <t>1-10-STO 30 (5:09) 19-Charles Clark pass Pass knocked down by 28-Jeffrey Bussell. incomplete, intended for 84-Jessie Anderson.</t>
   </si>
   <si>
-    <t>#95 Kevin Glass - LDE</t>
-[...2 lines deleted...]
-    <t>#57 Alfred Workman - WLB</t>
+    <t>#95 Kevin Glass - WLB</t>
+  </si>
+  <si>
+    <t>#57 Alfred Workman - FS</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>2-10-STO 30 (5:06) 19-Charles Clark pass incomplete, dropped by 84-Jessie Anderson.</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-10-STO 30 (5:03) 19-Charles Clark pass complete to 87-Robert Woolsey to MIC 49 for 20 yards. Tackle by 29-Ronald Pirkle.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-MIC 49 (4:21) 81-Lawrence Przybylski ran to MIC 24 for 25 yards. Tackle by 27-Ricardo Bussey.</t>
   </si>
@@ -2247,51 +2247,51 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>