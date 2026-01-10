--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -509,81 +509,81 @@
   <si>
     <t>#27 Jerry Witherspoon - RB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>LAX 49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-LAX 49 (11:35) 6-Danny Hardt punts 45 yards to SCS 5.</t>
   </si>
   <si>
     <t>#6 Danny Hardt - P</t>
   </si>
   <si>
     <t>#62 Phillip Stone - RT</t>
   </si>
   <si>
-    <t>#21 Sean Johnson - RB</t>
+    <t>#11 Sean Johnson - WR</t>
   </si>
   <si>
     <t>#75 Raymond Burrow - C</t>
   </si>
   <si>
     <t>#63 Michael Creager - LT</t>
   </si>
   <si>
-    <t>#63 Jack Hall - LDE</t>
+    <t>#28 Jack Hall - CB</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>SCS 5</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SCS 5 (11:27) 21-Sean Johnson ran to SCS 8 for 3 yards. Tackle by 40-James Pierre. PENALTY - Holding (SCS 70-Carlos Castle)</t>
   </si>
   <si>
     <t>#8 Domingo Robinson - QB</t>
   </si>
   <si>
     <t>#62 Harry Jackson - RG</t>
   </si>
   <si>
-    <t>#71 Robert Delgado - RT</t>
+    <t>#29 Robert Delgado - CB</t>
   </si>
   <si>
     <t>#18 Ismael Bennett - WR</t>
   </si>
   <si>
     <t>#10 Clyde Lewis - WR</t>
   </si>
   <si>
     <t>#61 Michael Doe - LT</t>
   </si>
   <si>
     <t>#68 Louie Lastik - LG</t>
   </si>
   <si>
     <t>#65 Lane Byrne - C</t>
   </si>
   <si>
     <t>#60 Nacho Varga - RG</t>
   </si>
   <si>
     <t>#70 Carlos Castle - RT</t>
   </si>
   <si>
     <t>#71 Anthony Sokol - RDE</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LAX 17 (11:04) 21-Sean Johnson ran to LAX 18 for a short loss. Tackle by 97-Matthew Rich.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>LAX 18</t>
   </si>
   <si>
     <t>2-10-LAX 18 (10:26) 21-Sean Johnson ran to LAX 15 for 3 yards. Tackle by 52-Timothy Butcher.</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>LAX 15</t>
   </si>
   <si>
     <t>3-7-LAX 15 (9:50) 8-Domingo Robinson FUMBLES recovered by LAX-70-Jesse Melendy at LAX 14. Tackle by 60-Nacho Varga.</t>
   </si>
   <si>
-    <t>#23 Raymond Flores - RB</t>
+    <t>#21 Raymond Flores - RB</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>LAX 14</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-LAX 14 (9:49) 7-Michael Broughton pass complete to 15-Mike Diaz to LAX 19 for 5 yards. Tackle by 92-Robert Frank.</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>LAX 19</t>
   </si>
   <si>
     <t>2-5-LAX 19 (9:08) 7-Michael Broughton pass complete to 15-Mike Diaz to LAX 29 for 10 yards. Tackle by 26-Richard Myers.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
@@ -1865,51 +1865,51 @@
   <si>
     <t>LAX 39</t>
   </si>
   <si>
     <t>4-5-LAX 39 (3:45) 6-Danny Hardt punts 46 yards to SCS 16. Fair Catch by 21-Sean Johnson.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>SCS 16</t>
   </si>
   <si>
     <t>1-10-SCS 16 (3:38) 23-Raymond Flores ran to SCS 17 for 1 yards. Tackle by 56-Carlton Jacobs. 81-Christopher Watanabe missed that block completely. SCS 65-Lane Byrne was injured on the play.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>SCS 17</t>
   </si>
   <si>
     <t>2-9-SCS 17 (2:56) 21-Sean Johnson ran to SCS 20 for 3 yards. Tackle by 70-Jesse Melendy. PENALTY - Holding (SCS 69-Donald Styles)</t>
   </si>
   <si>
-    <t>#69 Donald Styles - LT</t>
+    <t>#69 Donald Styles - DT</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>SCS 10</t>
   </si>
   <si>
     <t>2-16-SCS 10 (2:54) 23-Raymond Flores ran to SCS 11 for 1 yards. Tackle by 92-James Harris.</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>SCS 11</t>
   </si>
   <si>
     <t>3-15-SCS 11 (2:20) 21-Sean Johnson ran to SCS 12 for 1 yards. Tackle by 56-Carlton Jacobs. SCS 21-Sean Johnson was injured on the play.</t>
   </si>
   <si>
     <t>4-14-SCS 12 (2:00) 2-Raymond McDaniel punts 45 yards to LAX 43. Fair Catch by 14-David Woodland.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>