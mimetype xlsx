--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -350,51 +350,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 16-Mike Hunt pass INTERCEPTED by 4-Randall Thiele at BIR 26. 4-Randall Thiele to BIR 25 for 1 yards.</t>
   </si>
   <si>
     <t>#16 Mike Hunt - QB</t>
   </si>
   <si>
     <t>#45 Marcus Gonzalez - FB</t>
   </si>
   <si>
     <t>#80 Chris McArthur - TE</t>
   </si>
   <si>
     <t>#14 Timothy Hernandez - WR</t>
   </si>
   <si>
     <t>#88 David Glover - WR</t>
   </si>
   <si>
     <t>#52 Edward Green - RG</t>
   </si>
   <si>
-    <t>#68 Matt Wright - LG</t>
+    <t>#53 Matt Wright - LG</t>
   </si>
   <si>
     <t>#64 Bob Crawford - C</t>
   </si>
   <si>
     <t>#78 Herbert Brown - RT</t>
   </si>
   <si>
     <t>#55 Matthew Williams - RDE</t>
   </si>
   <si>
     <t>#79 Oscar Jobe - DT</t>
   </si>
   <si>
     <t>#53 George Hernandez - DT</t>
   </si>
   <si>
     <t>#1 Robert Wood - SS</t>
   </si>
   <si>
     <t>#27 Patrick Lawrence - SS</t>
   </si>
   <si>
     <t>#31 Lewis Veliz - CB</t>
   </si>
@@ -407,51 +407,51 @@
   <si>
     <t>#36 James Franklin - CB</t>
   </si>
   <si>
     <t>#41 Paul Robinson - FS</t>
   </si>
   <si>
     <t>#4 Randall Thiele - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (14:56) 17-Eric Rodriguez ran to BIR 22 for 3 yards. Tackle by 59-Ernesto Hall.</t>
   </si>
   <si>
     <t>#12 James Wright - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - WR</t>
   </si>
   <si>
     <t>#11 William Allshouse - WR</t>
   </si>
   <si>
     <t>#89 Arthur Ortega - WR</t>
   </si>
   <si>
     <t>#87 Hingle McCringleberry - WR</t>
   </si>
   <si>
     <t>#14 Apollo Creed  - WR</t>
   </si>
   <si>
     <t>#61 Adrian Davies - C</t>
   </si>
   <si>
     <t>#64 Wilford West - C</t>
   </si>
   <si>
     <t>#72 Robert Donaldson - C</t>
   </si>
   <si>
     <t>#62 Lance Sanchez - C</t>
   </si>