--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -344,294 +344,294 @@
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 5-Douglas Lee pass complete to 82-Floyd White to CLE 34 for 9 yards. Tackle by 29-Ronald Pirkle.</t>
   </si>
   <si>
     <t>#5 Douglas Lee - QB</t>
   </si>
   <si>
     <t>#6 Harry Bancroft - RB</t>
   </si>
   <si>
     <t>#85 Michael Rice - FB</t>
   </si>
   <si>
     <t>#82 Jamie Lively - WR</t>
   </si>
   <si>
-    <t>#3 Jordan Martinez - WR</t>
+    <t>#3 Jordan Martinez - TE</t>
   </si>
   <si>
     <t>#77 Ramon Hewes - LG</t>
   </si>
   <si>
-    <t>#75 Gary Ware - C</t>
+    <t>#75 Gary Ware - LG</t>
   </si>
   <si>
     <t>#68 Michael Davis - RG</t>
   </si>
   <si>
     <t>#74 Henry Sink - RT</t>
   </si>
   <si>
-    <t>#95 Kevin Glass - LDE</t>
+    <t>#95 Kevin Glass - WLB</t>
   </si>
   <si>
     <t>#94 Frank Larson - DT</t>
   </si>
   <si>
     <t>#79 Eugene Wong - DT</t>
   </si>
   <si>
-    <t>#90 Frank Coggin - RDE</t>
-[...8 lines deleted...]
-    <t>#57 Alfred Workman - CB</t>
+    <t>#90 Frank Coggin - WLB</t>
+  </si>
+  <si>
+    <t>#51 Mark Keever - FS</t>
+  </si>
+  <si>
+    <t>#52 Richard Roberson - FS</t>
+  </si>
+  <si>
+    <t>#57 Alfred Workman - FS</t>
   </si>
   <si>
     <t>#29 Ronald Pirkle - CB</t>
   </si>
   <si>
     <t>#28 Jeffrey Bussell - CB</t>
   </si>
   <si>
     <t>#25 Benjamin Walker - CB</t>
   </si>
   <si>
     <t>#27 Ricardo Bussey - CB</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-1-CLE 34 (14:26) 5-Douglas Lee pass Pass knocked down by 23-Scott Carr. incomplete, intended for 82-Floyd White.</t>
   </si>
   <si>
     <t>#45 Christopher Landry - TE</t>
   </si>
   <si>
-    <t>#93 Kenneth Stowers - LDE</t>
+    <t>#93 Kenneth Stowers - WLB</t>
   </si>
   <si>
     <t>#91 Steven Perez - DT</t>
   </si>
   <si>
-    <t>#56 Melvin Nguyen - CB</t>
-[...2 lines deleted...]
-    <t>#50 Jason Gadson - CB</t>
+    <t>#56 Melvin Nguyen - FS</t>
+  </si>
+  <si>
+    <t>#50 Jason Gadson - FS</t>
   </si>
   <si>
     <t>#23 Scott Carr - CB</t>
   </si>
   <si>
     <t>#26 Jeffrey Peterman - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-1-CLE 34 (14:23) 6-Harry Bancroft ran to CLE 32 for -2 yards. Tackle by 50-Jason Gadson.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-CLE 32 (13:49) 4-Tyrone Brown punts 48 yards to MIC 20. Fair Catch by 30-Sergei Federov .</t>
   </si>
   <si>
     <t>#4 Tyrone Brown - P</t>
   </si>
   <si>
-    <t>#30 Sergei Federov  - RB</t>
+    <t>#30 Sergei Federov  - WR</t>
   </si>
   <si>
     <t>#24 Houston West - CB</t>
   </si>
   <si>
     <t>#69 William Johnson - LT</t>
   </si>
   <si>
-    <t>#72 Leland Rutherford - LG</t>
+    <t>#72 Leland Rutherford - RT</t>
   </si>
   <si>
     <t>#34 Donald Welch - LT</t>
   </si>
   <si>
     <t>#76 Scott Sheldon - C</t>
   </si>
   <si>
-    <t>#98 Johnathon Marshall - DT</t>
+    <t>#98 Johnathon Marshall - WLB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>MIC 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MIC 20 (13:42) 30-Sergei Federov  ran to MIC 22 for 2 yards. Tackle by 33-Michael Martin.</t>
   </si>
   <si>
     <t>#1 Robert Townsend - QB</t>
   </si>
   <si>
-    <t>#32 Jeremiah Knapp - RB</t>
+    <t>#82 Jeremiah Knapp - TE</t>
   </si>
   <si>
     <t>#16 Edwin Smith - WR</t>
   </si>
   <si>
     <t>#19 Matthew Stewart - WR</t>
   </si>
   <si>
     <t>#11 Adolfo Sheffield - WR</t>
   </si>
   <si>
     <t>#67 Dennis Cline - LT</t>
   </si>
   <si>
     <t>#60 Guillermo Jacobs - LG</t>
   </si>
   <si>
     <t>#65 Timothy Wright - C</t>
   </si>
   <si>
     <t>#72 Rickey Burroughs - RG</t>
   </si>
   <si>
     <t>#73 James Galloway - RT</t>
   </si>
   <si>
     <t>#38 Dan Johnson - LDE</t>
   </si>
   <si>
     <t>#98 Roberto Smith - DT</t>
   </si>
   <si>
     <t>#54 Julian Herring - RDE</t>
   </si>
   <si>
     <t>#97 Charles Lane - CB</t>
   </si>
   <si>
-    <t>#36 Salvatore La'Mander - CB</t>
+    <t>#36 Salvatore La'Mander - FS</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>MIC 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-MIC 22 (13:07) 30-Sergei Federov  ran to MIC 23 for 1 yards. Tackle by 59-Barry Lemke.</t>
   </si>
   <si>
-    <t>#36 Jeffrey Cruz - RB</t>
+    <t>#86 Jeffrey Cruz - TE</t>
   </si>
   <si>
     <t>#25 Porter Nichols - LDE</t>
   </si>
   <si>
     <t>#7 Henry Eastman - SLB</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>MIC 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-7-MIC 23 (12:34) 1-Robert Townsend sacked at MIC 12 for -11 yards (38-Dan Johnson). Sack allowed by 36-Jeffrey Cruz.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>MIC 12</t>
   </si>
   <si>
     <t>4-18-MIC 12 (11:59) 4-Joseph McCreight punts 46 yards to CLE 42. Fair Catch by 82-Floyd White. PENALTY - Holding (MIC 34-Andres Jeffery) (Declined)</t>
   </si>
   <si>
     <t>#4 Joseph McCreight - P</t>
   </si>
   <si>
-    <t>#34 Andres Jeffery - RB</t>
+    <t>#34 Andres Jeffery - WR</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>1-10-CLE 42 (11:53) 85-Michael Rice ran to CLE 41 for -1 yards. Tackle by 90-Frank Coggin.</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>CLE 41</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>1-10-MIC 39 (5:22) 30-Sergei Federov  ran to MIC 45 for 6 yards. Tackle by 36-Salvatore La'Mander.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>MIC 45</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-4-MIC 45 (4:36) 30-Sergei Federov  ran to MIC 46 for 2 yards. Tackle by 98-Roberto Smith.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>MIC 46</t>
   </si>
   <si>
     <t>3-2-MIC 46 (4:02) 30-Sergei Federov  ran to CLE 47 for 7 yards. Tackle by 93-James Bank. PENALTY - Holding (MIC 16-Edwin Smith)</t>
   </si>
   <si>
-    <t>#35 Kenneth Ratliff - RB</t>
+    <t>#85 Kenneth Ratliff - TE</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>MIC 42</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-6-MIC 42 (3:59) 1-Robert Townsend pass complete to 11-Adolfo Sheffield to MIC 47 for 5 yards. Tackle by 31-Wm Ceniceros.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>MIC 47</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
@@ -1763,51 +1763,51 @@
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>2-5-CLE 31 (2:23) 5-Douglas Lee pass complete to 82-Jamie Lively to CLE 40 for 8 yards. Tackle by 27-Ricardo Bussey.</t>
   </si>
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>CLE 40</t>
   </si>
   <si>
     <t>1-10-CLE 40 (2:03) 5-Douglas Lee pass complete to 82-Jamie Lively to MIC 49 for 11 yards. Tackle by 25-Benjamin Walker.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>MIC 49</t>
   </si>
   <si>
     <t>1-10-MIC 49 (2:00) PENALTY - False Start (CLE 68-Michael Davis)</t>
   </si>
   <si>
-    <t>#97 Guillermo Juarez - LDE</t>
+    <t>#97 Guillermo Juarez - DT</t>
   </si>
   <si>
     <t>1-15-CLE 46 (2:00) 5-Douglas Lee pass incomplete, dropped by 82-Jamie Lively.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>2-15-CLE 46 (1:56) 5-Douglas Lee pass complete to 45-Christopher Landry to MIC 47 for 8 yards. Tackle by 26-Jeffrey Peterman. 45-Christopher Landry did some fancy footwork there. 29-Ronald Pirkle got away with a hold on that play. CLE 2-Robert Harris was injured on the play.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>Timeout CLE</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>3-7-MIC 47 (1:50) 5-Douglas Lee pass Pass knocked down by 23-Scott Carr. incomplete, intended for 82-Floyd White. The defense seems to be getting familiar with that play.</t>
   </si>
   <si>
     <t>4-7-MIC 47 (1:47) 5-Douglas Lee pass complete to 82-Jamie Lively to MIC 39 for 8 yards. Tackle by 52-Richard Roberson.</t>
   </si>
@@ -2239,92 +2239,92 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>