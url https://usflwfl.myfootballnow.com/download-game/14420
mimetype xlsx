--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -308,51 +308,51 @@
   <si>
     <t>#26 Cha Cha Chavis - CB</t>
   </si>
   <si>
     <t>#19 Michael Graham - P</t>
   </si>
   <si>
     <t>#34 Raymond Cardwell - FS</t>
   </si>
   <si>
     <t>#15 Michael Warner - RB</t>
   </si>
   <si>
     <t>#29 Danny Fleming - CB</t>
   </si>
   <si>
     <t>#28 George Jones - CB</t>
   </si>
   <si>
     <t>#45 Thomas Crowley - SS</t>
   </si>
   <si>
     <t>#55 Eric Carlsen - WLB</t>
   </si>
   <si>
-    <t>#71 Eliseo Roman - LDE</t>
+    <t>#71 Eliseo Roman - RDE</t>
   </si>
   <si>
     <t>#9 Carlos Norwood - WR</t>
   </si>
   <si>
     <t>#9 Joseph Hilliard - K</t>
   </si>
   <si>
     <t>TAM</t>
   </si>
   <si>
     <t>TAM 25</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-TAM 25 (15:00) 6-Anthony Nordquist pass complete to 15-Michael Warner to TAM 28 for 3 yards. Tackle by 31-Henry Woolery.</t>
   </si>
   <si>
     <t>#6 Anthony Nordquist - QB</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>(2:06) 3-Michael Thomas kicks 75 yards from TAM 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-DET 25 (2:06) 3-James Langlais pass complete to 46-Kevin Gross to TAM 49 for 26 yards. Tackle by 34-Raymond Cardwell. 46-Kevin Gross breaks down the CB.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>TAM 49</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Prevent</t>
   </si>
   <si>
     <t>1-10-TAM 49 (1:27) 3-James Langlais pass complete to 84-Julio Johnston to TAM 44 for 5 yards. Tackle by 29-Danny Fleming.</t>
   </si>
   <si>
     <t>#89 Jon Morales - WR</t>
   </si>
   <si>
-    <t>#37 Danny Robins - FS</t>
+    <t>#28 Danny Robins - FS</t>
   </si>
   <si>
     <t>#47 Frederick Booth - SS</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>TAM 44</t>
   </si>
   <si>
     <t>2-5-TAM 44 (0:47) 3-James Langlais pass complete to 46-Kevin Gross to TAM 37 for 8 yards. Tackle by 54-Edward Hoggard.</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>TAM 37</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TAM 37 (0:10) 41-Mark Larsen ran to TAM 34 for 3 yards. Tackle by 56-Steve Pickett.</t>
   </si>