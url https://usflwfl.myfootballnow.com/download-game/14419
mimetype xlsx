--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ORL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Christopher Snow kicks 75 yards from CHI 35 to ORL -10. Touchback.</t>
   </si>
   <si>
-    <t>#31 Bill Minks - RB</t>
+    <t>#27 Bill Minks - RB</t>
   </si>
   <si>
     <t>#79 Moises Hunter - DT</t>
   </si>
   <si>
     <t>#99 Travis Moyer - LDE</t>
   </si>
   <si>
     <t>#50 Buddy Meyer - MLB</t>
   </si>
   <si>
     <t>#69 Albert Banks - RDE</t>
   </si>
   <si>
     <t>#59 Adam Levy - WLB</t>
   </si>
   <si>
     <t>#90 James Carver - WLB</t>
   </si>
   <si>
     <t>#42 Ruff Rhodes - CB</t>
   </si>
   <si>
     <t>#38 George Norris - FS</t>
   </si>