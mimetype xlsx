--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -344,54 +344,54 @@
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 1-Earl Jackson pass complete to 8-Don Turner to JAX 34 for 9 yards. Tackle by 25-Scott Henry.</t>
   </si>
   <si>
     <t>#1 Earl Jackson - QB</t>
   </si>
   <si>
     <t>#86 Cameron Gonzales - WR</t>
   </si>
   <si>
     <t>#8 Don Turner - WR</t>
   </si>
   <si>
     <t>#7 Jose Berry - WR</t>
   </si>
   <si>
-    <t>#78 Michael Williams - LT</t>
-[...2 lines deleted...]
-    <t>#67 Joseph Diaz - LG</t>
+    <t>#78 Michael Williams - LG</t>
+  </si>
+  <si>
+    <t>#81 Joseph Diaz - WR</t>
   </si>
   <si>
     <t>#68 Ralph Rodriguez - C</t>
   </si>
   <si>
     <t>#55 Cameron May - RG</t>
   </si>
   <si>
     <t>#71 Joseph Britton - RT</t>
   </si>
   <si>
     <t>#93 Allen Gee - LDE</t>
   </si>
   <si>
     <t>#50 Tommy Craighead - DT</t>
   </si>
   <si>
     <t>#96 Jerry Gonzales - DT</t>
   </si>
   <si>
     <t>#68 Craig Watson - RDE</t>
   </si>
   <si>
     <t>#58 Justin Decker - MLB</t>
   </si>
@@ -428,54 +428,54 @@
   <si>
     <t>2-1-JAX 34 (14:27) 1-Earl Jackson pass complete to 85-John Powell to JAX 38 for 4 yards. Tackle by 58-Justin Decker.</t>
   </si>
   <si>
     <t>#85 John Powell - TE</t>
   </si>
   <si>
     <t>#98 Theodore Costa - WLB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>JAX 38</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-JAX 38 (13:47) 1-Earl Jackson pass incomplete, intended for 85-John Powell.</t>
   </si>
   <si>
-    <t>#26 Jamie Melvin - RB</t>
-[...2 lines deleted...]
-    <t>#40 Aaron Moshier - FB</t>
+    <t>#2 Jamie Melvin - FB</t>
+  </si>
+  <si>
+    <t>#66 Aaron Moshier - C</t>
   </si>
   <si>
     <t>#74 Enrique Grullon - LT</t>
   </si>
   <si>
     <t>#74 Jimmie Dudley - RDE</t>
   </si>
   <si>
     <t>#91 Mitchell Morrison - WLB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-JAX 38 (13:44) 1-Earl Jackson pass incomplete, dropped by 85-John Powell. Pressure by 96-Jerry Gonzales.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>