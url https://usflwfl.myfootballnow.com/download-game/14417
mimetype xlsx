--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -308,51 +308,51 @@
   <si>
     <t>#61 Arthur Millington - DT</t>
   </si>
   <si>
     <t>#60 Ware Waldo - LT</t>
   </si>
   <si>
     <t>#55 Willard Walker - RDE</t>
   </si>
   <si>
     <t>#63 Eric Derrick - DT</t>
   </si>
   <si>
     <t>#59 Arthur Silvera - FS</t>
   </si>
   <si>
     <t>#20 Rusty Valenzuela - SS</t>
   </si>
   <si>
     <t>#56 Gene Lawson - MLB</t>
   </si>
   <si>
     <t>#91 David Crowley - SLB</t>
   </si>
   <si>
-    <t>#99 Miguel Frigo - MLB</t>
+    <t>#53 Miguel Frigo - MLB</t>
   </si>
   <si>
     <t>#50 Matthew McGrath - MLB</t>
   </si>
   <si>
     <t>#13 Joseph Davis - K</t>
   </si>
   <si>
     <t>NOV</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>NOV 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NOV 39 (14:54) 19-Michael Applebaum pass complete to 32-James Harrison to NOV 42 for 2 yards. Tackle by 99-Daniel Ramage. 32-James Harrison breaks down the CB.</t>
   </si>
@@ -1178,51 +1178,51 @@
   <si>
     <t>1-10-NOV 37 (3:14) 19-Michael Applebaum sacked at NOV 28 for -9 yards (42-Billy Clair). Sack allowed by 74-Gary Quillen.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>NOV 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-19-NOV 28 (2:35) 19-Michael Applebaum pass complete to 38-Angel Perry to NOV 45 for 17 yards. Tackle by 30-James Woods.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-2-NOV 45 (2:00) 19-Michael Applebaum pass complete to 88-Ruben Hines to SHR 45 for 10 yards. Tackle by 39-Harvey Seiler. Pressure by 55-Patrick Castagna.</t>
   </si>
   <si>
-    <t>#34 Nathan Gomez - RB</t>
+    <t>#29 Nathan Gomez - RB</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Timeout NOV</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>1-10-SHR 45 (1:54) 19-Michael Applebaum pass incomplete, dropped by 16-David Smith.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>2-10-SHR 45 (1:51) 19-Michael Applebaum sacked at NOV 47 for -8 yards (56-Dominick Candelaria). Sack allowed by 38-Angel Perry. 38-Angel Perry totally missed that block. 49-David Richards got away with a hold on that play. SHR 79-William Maki was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>NOV 47</t>
   </si>