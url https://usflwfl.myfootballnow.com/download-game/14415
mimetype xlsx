--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -482,51 +482,51 @@
   <si>
     <t>STO 19</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-STO 19 (13:08) 19-Charles Clark pass Pass knocked down by 37-Steve Gendason. incomplete, intended for 84-Jessie Anderson.</t>
   </si>
   <si>
     <t>#19 Charles Clark - QB</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
     <t>#87 Robert Woolsey - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
-    <t>#88 Glenn Roach - WR</t>
+    <t>#80 Glenn Roach - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#71 Eugene Boswell - RG</t>
   </si>
   <si>
     <t>#70 Patrick Smith - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#78 Howard Healy - RG</t>
   </si>
   <si>
     <t>#67 Steven Wentworth - RG</t>
   </si>
   <si>
     <t>#93 Boyd Crowder - LDE</t>
   </si>
   <si>
     <t>#66 Fire Marshal Bill  - DT</t>
   </si>
@@ -1034,93 +1034,93 @@
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-4-NJG 26 (8:55) 19-Charles Clark pass incomplete, intended for 88-Richard Barth.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-NJG 26 (8:53) 15-Sean Griffin 43 yard field goal is GOOD. NJG 2 STO 3</t>
   </si>
   <si>
     <t>#14 Travis Abell - QB</t>
   </si>
   <si>
-    <t>#55 Gilbert McCoy - LT</t>
+    <t>#75 Gilbert McCoy - LT</t>
   </si>
   <si>
     <t>#69 Dan Haggerty - DT</t>
   </si>
   <si>
     <t>#98 Ivan Farris - LDE</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>(8:50) 15-Sean Griffin kicks 73 yards from STO 35 to NJG -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NJG 25 (8:50) 1-David Fields pass complete to 81-Bruce Nolan for 75 yards. TOUCHDOWN! NJG 8 STO 3</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>STO 15</t>
   </si>
   <si>
     <t>(8:39) Extra point GOOD by 85-Mike Nugent. NJG 9 STO 3</t>
   </si>
   <si>
     <t>#85 Mike Nugent - K</t>
   </si>
   <si>
     <t>#75 Jim Carrey - LG</t>
   </si>
   <si>
     <t>#57 Bob Belcher - C</t>
   </si>
   <si>
-    <t>#69 Dennis McDowell - RDE</t>
+    <t>#91 Dennis McDowell - RDE</t>
   </si>
   <si>
     <t>#79 Alan Hogan - RDE</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>#65 Joshua Norton - CB</t>
   </si>
   <si>
     <t>#73 Reginald Hutchinson - RDE</t>
   </si>
   <si>
     <t>(8:39) 85-Mike Nugent kicks 71 yards from NJG 35 to STO -6. 39-Victor Salinas to STO 29 for 35 yards. Tackle by 90-Jackmerius Tacktheritrix. STO 94-Brandon Hosea was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#37 Roger Watkins - CB</t>
   </si>
   <si>
     <t>#3 Larry Stevens - CB</t>
   </si>
   <si>
     <t>#2 Randy Coombs - CB</t>
   </si>