--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -371,99 +371,99 @@
   <si>
     <t>#45 William Weems - FB</t>
   </si>
   <si>
     <t>#86 Jacob Becker - WR</t>
   </si>
   <si>
     <t>#79 Sylvester Murphy - LT</t>
   </si>
   <si>
     <t>#74 Robert Rusk - LG</t>
   </si>
   <si>
     <t>#70 John Vincent - C</t>
   </si>
   <si>
     <t>#51 Jacob Mayfield - RG</t>
   </si>
   <si>
     <t>#65 Randy Rosenthal - RT</t>
   </si>
   <si>
     <t>#65 Justin Willis - LDE</t>
   </si>
   <si>
-    <t>#97 Charles Riggs - WLB</t>
+    <t>#97 Charles Riggs - LDE</t>
   </si>
   <si>
     <t>#90 Douglas Hanna - DT</t>
   </si>
   <si>
     <t>#93 Anthony Kuiper - DT</t>
   </si>
   <si>
-    <t>#94 Paul Widener - RDE</t>
+    <t>#79 Paul Widener - RDE</t>
   </si>
   <si>
     <t>#21 Martin Harrington - CB</t>
   </si>
   <si>
     <t>#96 Alfred Durand - MLB</t>
   </si>
   <si>
     <t>#56 Michael Richmond - WLB</t>
   </si>
   <si>
     <t>#48 Joseph Green - CB</t>
   </si>
   <si>
     <t>#27 Steven Wood - CB</t>
   </si>
   <si>
     <t>#95 Manuel Whitfield - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-PHI 34 (14:16) PENALTY - False Start (NYS 9-Thomas Barksdale)</t>
   </si>
   <si>
     <t>#17 Michael Rockwell - WR</t>
   </si>
   <si>
-    <t>#9 Thomas Barksdale - WR</t>
+    <t>#9 Thomas Barksdale - RB</t>
   </si>
   <si>
     <t>#53 Peter Pollard - DT</t>
   </si>
   <si>
     <t>#43 Carmen Thompson - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PHI 39</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-15-PHI 39 (14:16) 18-Austin Harned pass incomplete, dropped by 44-Thomas Blocker.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
@@ -488,111 +488,111 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-2-PHI 26 (13:35) 18-Austin Harned pass INTERCEPTED by 43-Carmen Thompson at PHI 15. 43-Carmen Thompson to PHI 15 for -0 yards. Tackle by 17-Michael Rockwell.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Drag WR Mix</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-PHI 15 (13:32) 12-Donald Davis pass complete to 80-Julian Lombard to PHI 17 for 2 yards. Tackle by 56-Boba Louie.</t>
   </si>
   <si>
     <t>#12 Donald Davis - QB</t>
   </si>
   <si>
-    <t>#44 William Leiva - WR</t>
-[...8 lines deleted...]
-    <t>#84 Anthony Kam - WR</t>
+    <t>#44 William Leiva - FB</t>
+  </si>
+  <si>
+    <t>#80 Julian Lombard - TE</t>
+  </si>
+  <si>
+    <t>#41 James Newkirk - RB</t>
+  </si>
+  <si>
+    <t>#49 Anthony Kam - FB</t>
   </si>
   <si>
     <t>#81 Howard Becker - WR</t>
   </si>
   <si>
-    <t>#79 John Meadows - C</t>
-[...2 lines deleted...]
-    <t>#66 Emilio Nappi - C</t>
+    <t>#79 John Meadows - LT</t>
+  </si>
+  <si>
+    <t>#66 Emilio Nappi - LG</t>
   </si>
   <si>
     <t>#51 James North - C</t>
   </si>
   <si>
-    <t>#77 Conrad Maziarz - C</t>
-[...2 lines deleted...]
-    <t>#76 Jeffrey Foxx - C</t>
+    <t>#77 Conrad Maziarz - RG</t>
+  </si>
+  <si>
+    <t>#76 Jeffrey Foxx - RT</t>
   </si>
   <si>
     <t>#92 Bull Winkle - LDE</t>
   </si>
   <si>
     <t>#59 Carl Dickerson - DT</t>
   </si>
   <si>
     <t>#95 William Brownfield - DT</t>
   </si>
   <si>
     <t>#54 John Cree - RDE</t>
   </si>
   <si>
     <t>#26 Steven Brown - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-8-PHI 17 (12:52) 12-Donald Davis pass Pass knocked down by 48-Tua Short. incomplete, intended for 44-William Leiva.</t>
   </si>
   <si>
-    <t>#22 Daniel Burrow - WR</t>
+    <t>#22 Daniel Burrow - RB</t>
   </si>
   <si>
     <t>#49 Peter Murphy - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>3-8-PHI 17 (12:48) 22-Daniel Burrow ran to PHI 29 for 12 yards. Tackle by 30-Del Pickle.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
@@ -617,99 +617,99 @@
   <si>
     <t>PHI 27</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>3-12-PHI 27 (11:35) 12-Donald Davis pass Pass knocked down by 30-Del Pickle. incomplete, intended for 80-Julian Lombard. PENALTY - Pass Interference (NYS 48-Tua Short)</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>PHI 36</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PHI 36 (11:31) 12-Donald Davis pass Pass knocked down by 30-Del Pickle. incomplete, intended for 22-Daniel Burrow.</t>
   </si>
   <si>
-    <t>#87 Harold Rock - WR</t>
+    <t>#87 Harold Rock - TE</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Singleback Empty 4 Curl Flats</t>
   </si>
   <si>
     <t>2-10-PHI 36 (11:28) 12-Donald Davis pass Pass knocked down by 30-Del Pickle. incomplete, intended for 80-Julian Lombard. 48-Tua Short got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>3-10-PHI 36 (11:24) 12-Donald Davis pass incomplete, dropped by 44-William Leiva. Pressure by 54-John Cree.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-PHI 36 (11:20) 17-Frank Shifflett punts 44 yards to NYS 19. Fair Catch by 28-ToDa House.</t>
   </si>
   <si>
     <t>#17 Frank Shifflett - P</t>
   </si>
   <si>
     <t>#54 Johnnie Morris - C</t>
   </si>
   <si>
-    <t>#52 James Skinner - C</t>
-[...5 lines deleted...]
-    <t>#75 Jason Herron - C</t>
+    <t>#52 James Skinner - LG</t>
+  </si>
+  <si>
+    <t>#78 Johnny Drummond - LT</t>
+  </si>
+  <si>
+    <t>#75 Jason Herron - RT</t>
   </si>
   <si>
     <t>#52 Jeffrey Potter - WLB</t>
   </si>
   <si>
-    <t>#76 John Quigley - SLB</t>
+    <t>#76 John Quigley - WLB</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>NYS 19</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-NYS 19 (11:13) 18-Austin Harned pass complete to 83-Robert Pinson to NYS 25 for 6 yards. Tackle by 56-Michael Richmond.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>NYS 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-20-NYS 45 (8:38) 18-Austin Harned pass incomplete, intended for 45-William Weems.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>4-20-NYS 45 (8:36) 1-Louis Boyd punts 49 yards to PHI 6. Fair Catch by 84-Anthony Kam.</t>
   </si>
   <si>
     <t>#1 Louis Boyd - P</t>
   </si>
   <si>
     <t>#72 Doug Clark - RG</t>
   </si>
   <si>
     <t>#50 Jarrett Marshall - LT</t>
   </si>
   <si>
-    <t>#58 Joshua Satterfield - MLB</t>
+    <t>#58 Joshua Satterfield - WLB</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>PHI 6</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Drag</t>
   </si>
   <si>
     <t>1-10-PHI 6 (8:30) 12-Donald Davis sacked at PHI -4 for -10 yards (59-Carl Dickerson). Sack allowed by 77-Conrad Maziarz. SAFETY! (59-Carl Dickerson) PHI 0 NYS 2</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>(8:28) 3-Reynaldo Paris kicks 75 yards from PHI 20 to NYS 5. 28-ToDa House to NYS 33 for 30 yards. Tackle by 53-Peter Pollard.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
@@ -956,51 +956,51 @@
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>NYS 4</t>
   </si>
   <si>
     <t>3-4-NYS 4 (2:58) 12-Donald Davis pass complete to 80-Julian Lombard for 4 yards. TOUCHDOWN! PHI 6 NYS 2</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(2:55) Extra point GOOD by 3-Reynaldo Paris. PHI 7 NYS 2</t>
   </si>
   <si>
     <t>#19 Frank London - QB</t>
   </si>
   <si>
-    <t>#70 Michael Strange - C</t>
+    <t>#70 Michael Strange - RG</t>
   </si>
   <si>
     <t>(2:55) 3-Reynaldo Paris kicks 74 yards from PHI 35 to NYS -9. Touchback.</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYS 25 (2:55) 18-Austin Harned pass complete to 87-George Boatwright to NYS 38 for 13 yards. Tackle by 21-Martin Harrington.</t>
   </si>
   <si>
     <t>#87 George Boatwright - WR</t>
   </si>
   <si>
     <t>2:10</t>
   </si>
   <si>
     <t>NYS 38</t>
   </si>
   <si>
     <t>1-10-NYS 38 (2:09) 18-Austin Harned pass incomplete, intended for 45-William Weems.</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
@@ -1064,51 +1064,51 @@
   <si>
     <t>PHI 16</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-9-PHI 16 (13:36) 18-Austin Harned pass complete to 17-Michael Rockwell to PHI 14 for 2 yards. Tackle by 48-Joseph Green.</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>
   <si>
     <t>3-7-PHI 14 (12:52) 18-Austin Harned pass Pass knocked down by 27-Steven Wood. incomplete, intended for 83-Robert Pinson.</t>
   </si>
   <si>
     <t>4-7-PHI 14 (12:48) 7-Raymond Spencer 31 yard field goal is GOOD. PHI 7 NYS 5</t>
   </si>
   <si>
     <t>#7 Raymond Spencer - K</t>
   </si>
   <si>
     <t>#55 Luis Thomas - MLB</t>
   </si>
   <si>
-    <t>#61 Ralph Magallanes - WLB</t>
+    <t>#72 Ralph Magallanes - RDE</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>NYS 35</t>
   </si>
   <si>
     <t>(12:46) 13-Steven Cummins kicks 69 yards from NYS 35 to PHI -4. 84-Anthony Kam to PHI 20 for 24 yards. Tackle by 28-ToDa House.</t>
   </si>
   <si>
     <t>#13 Steven Cummins - K</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>1-10-PHI 20 (12:42) 84-Anthony Kam ran to PHI 17 for -2 yards. Tackle by 26-Steven Brown.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
@@ -1634,51 +1634,51 @@
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>2-10-NYS 41 (1:46) 18-Austin Harned sacked at NYS 32 for -9 yards (65-Justin Willis). Sack allowed by 51-Jacob Mayfield.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>NYS 32</t>
   </si>
   <si>
     <t>3-19-NYS 32 (1:19) 18-Austin Harned pass incomplete, dropped by 44-Thomas Blocker.</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>4-19-NYS 32 (1:16) 1-Louis Boyd punts 48 yards to PHI 20.</t>
   </si>
   <si>
     <t>#83 Neville Austin - WR</t>
   </si>
   <si>
-    <t>#2 Phillip May - WLB</t>
+    <t>#2 Phillip May - CB</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>1-10-PHI 20 (1:09) 22-Daniel Burrow ran to PHI 18 for -2 yards. Tackle by 49-Peter Murphy.</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>2-12-PHI 18 (0:32) 22-Daniel Burrow ran to PHI 22 for 3 yards. Tackle by 49-Peter Murphy. PHI 22-Daniel Burrow was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>3-9-PHI 22 (15:00) 81-Howard Becker ran to PHI 30 for 9 yards. Tackle by 39-Phil Gapp.</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
@@ -2339,82 +2339,82 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="434.037" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>