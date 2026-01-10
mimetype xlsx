--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -386,51 +386,51 @@
   <si>
     <t>#75 Chris Martinez - RT</t>
   </si>
   <si>
     <t>#38 Dan Johnson - LDE</t>
   </si>
   <si>
     <t>#98 Roberto Smith - DT</t>
   </si>
   <si>
     <t>#73 Richard Lewis - DT</t>
   </si>
   <si>
     <t>#54 Julian Herring - RDE</t>
   </si>
   <si>
     <t>#59 Barry Lemke - MLB</t>
   </si>
   <si>
     <t>#97 Charles Lane - CB</t>
   </si>
   <si>
     <t>#26 Wayne Melin - CB</t>
   </si>
   <si>
-    <t>#36 Salvatore La'Mander - CB</t>
+    <t>#36 Salvatore La'Mander - FS</t>
   </si>
   <si>
     <t>#33 Michael Martin - CB</t>
   </si>
   <si>
     <t>#93 James Bank - SS</t>
   </si>
   <si>
     <t>#31 Wm Ceniceros - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-12-OAK 23 (14:21) 7-James Fetzer pass Pass knocked down by 59-Barry Lemke. incomplete, intended for 86-Kenneth Henderson.</t>
   </si>
   <si>
     <t>#83 Bradley Schneider - TE</t>
   </si>
@@ -500,60 +500,60 @@
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CLE 31 (13:37) 85-Michael Rice ran to CLE 34 for 3 yards. Tackle by 52-Joe Riggins.</t>
   </si>
   <si>
     <t>#5 Douglas Lee - QB</t>
   </si>
   <si>
     <t>#6 Harry Bancroft - RB</t>
   </si>
   <si>
     <t>#85 Michael Rice - FB</t>
   </si>
   <si>
     <t>#82 Jamie Lively - WR</t>
   </si>
   <si>
-    <t>#3 Jordan Martinez - WR</t>
+    <t>#3 Jordan Martinez - TE</t>
   </si>
   <si>
     <t>#78 Sy Crow - LT</t>
   </si>
   <si>
     <t>#77 Ramon Hewes - LG</t>
   </si>
   <si>
-    <t>#75 Gary Ware - C</t>
+    <t>#75 Gary Ware - LG</t>
   </si>
   <si>
     <t>#68 Michael Davis - RG</t>
   </si>
   <si>
     <t>#74 Henry Sink - RT</t>
   </si>
   <si>
     <t>#93 Eldon Cosme - RDE</t>
   </si>
   <si>
     <t>#90 Jason Dickey - DT</t>
   </si>
   <si>
     <t>#91 David Chapman - RDE</t>
   </si>
   <si>
     <t>#52 Joe Riggins - SLB</t>
   </si>
   <si>
     <t>#51 Terrance Rose - WLB</t>
   </si>
   <si>
     <t>#49 Allen Wolak - CB</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-7-CLE 34 (13:05) 5-Douglas Lee pass complete to 82-Jamie Lively for 66 yards. TOUCHDOWN! CLE 6 OAK 0</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:56) Extra point GOOD by 17-Jose Ashford. CLE 7 OAK 0</t>
   </si>
   <si>
     <t>#10 Luis Bowers - QB</t>
   </si>
   <si>
-    <t>#72 Leland Rutherford - LG</t>
+    <t>#72 Leland Rutherford - RT</t>
   </si>
   <si>
     <t>#34 Donald Welch - LT</t>
   </si>
   <si>
     <t>#76 Scott Sheldon - C</t>
   </si>
   <si>
     <t>#81 Thomas Murdock - RG</t>
   </si>
   <si>
     <t>#56 Vincent Birt - WLB</t>
   </si>
   <si>
     <t>#92 John Ward - DT</t>
   </si>
   <si>
     <t>#94 Don Pritchett - DT</t>
   </si>
   <si>
     <t>(12:56) 17-Jose Ashford kicks 73 yards from CLE 35 to OAK -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>