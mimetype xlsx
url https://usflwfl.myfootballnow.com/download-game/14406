--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ORL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TAM</t>
   </si>
   <si>
     <t>TAM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Michael Thomas kicks 69 yards from TAM 35 to ORL -4. 31-Bill Minks to ORL 38 for 42 yards. Tackle by 3-Michael Thomas. TAM 46-Wilbert Wolfe was injured on the play. He looks like he should be able to return. ORL 50-Buddy Meyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#31 Bill Minks - RB</t>
+    <t>#27 Bill Minks - RB</t>
   </si>
   <si>
     <t>#31 Richard Hamblin - CB</t>
   </si>
   <si>
     <t>#99 Travis Moyer - LDE</t>
   </si>
   <si>
     <t>#42 Ruff Rhodes - CB</t>
   </si>
   <si>
     <t>#45 John Ryder - FS</t>
   </si>
   <si>
     <t>#59 Adam Levy - WLB</t>
   </si>
   <si>
     <t>#90 James Carver - WLB</t>
   </si>
   <si>
     <t>#50 Buddy Meyer - MLB</t>
   </si>
   <si>
     <t>#38 George Norris - FS</t>
   </si>
@@ -482,66 +482,66 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>ORL 49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-ORL 49 (13:35) 10-Jerome Ramirez punts 45 yards to TAM 7.</t>
   </si>
   <si>
     <t>#10 Jerome Ramirez - P</t>
   </si>
   <si>
     <t>#60 Steven Hilton - C</t>
   </si>
   <si>
     <t>#8 Danny Olson - WR</t>
   </si>
   <si>
-    <t>#71 Eliseo Roman - LDE</t>
+    <t>#71 Eliseo Roman - RDE</t>
   </si>
   <si>
     <t>#9 Carlos Norwood - WR</t>
   </si>
   <si>
     <t>#19 Michael Graham - P</t>
   </si>
   <si>
     <t>#51 Scott Foreman - LT</t>
   </si>
   <si>
     <t>#78 Walter Fishback - LG</t>
   </si>
   <si>
-    <t>#46 Wilbert Wolfe - RB</t>
+    <t>#21 Wilbert Wolfe - RB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>TAM 7</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TAM 7 (13:28) 46-Wilbert Wolfe ran to TAM 5 for -2 yards. Tackle by 50-Buddy Meyer.</t>
   </si>
   <si>
     <t>#6 Anthony Nordquist - QB</t>
   </si>
   <si>
     <t>#80 Randy Smith - TE</t>
   </si>
   <si>
     <t>#81 Jay Jones - TE</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-9-ORL 18 (5:48) 12-Jesse Alexander pass Pass knocked down by 56-Steve Pickett. incomplete, intended for 31-Bill Minks.</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB5 Blitz</t>
   </si>
   <si>
     <t>3-9-ORL 18 (5:45) 12-Jesse Alexander pass Pass knocked down by 37-Danny Robins. incomplete, intended for 20-Giuseppe Jones.</t>
   </si>
   <si>
     <t>#20 Giuseppe Jones - WR</t>
   </si>
   <si>
-    <t>#37 Danny Robins - FS</t>
+    <t>#28 Danny Robins - FS</t>
   </si>
   <si>
     <t>#47 Frederick Booth - SS</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>4-9-ORL 18 (5:42) 10-Jerome Ramirez punts 49 yards to TAM 32. 8-Danny Olson to TAM 41 for 9 yards. Tackle by 50-Buddy Meyer.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>TAM 41</t>
   </si>
   <si>
     <t>1-10-TAM 41 (5:33) 46-Wilbert Wolfe ran to TAM 41 for -1 yards. Tackle by 59-Adam Levy.</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>