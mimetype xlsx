--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -482,51 +482,51 @@
   <si>
     <t>STO 27</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-STO 27 (13:26) 19-Charles Clark pass Pass knocked down by 27-Barry Windham. incomplete, intended for 28-Joseph Simon.</t>
   </si>
   <si>
     <t>#19 Charles Clark - QB</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
     <t>#89 Kendall Short - WR</t>
   </si>
   <si>
     <t>#88 Richard Barth - WR</t>
   </si>
   <si>
-    <t>#88 Glenn Roach - WR</t>
+    <t>#80 Glenn Roach - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#71 Eugene Boswell - RG</t>
   </si>
   <si>
     <t>#70 Patrick Smith - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#78 Howard Healy - RG</t>
   </si>
   <si>
     <t>#67 Steven Wentworth - RG</t>
   </si>
   <si>
     <t>#63 Richard Rhodes - LDE</t>
   </si>
   <si>
     <t>#94 Joseph Fry - LDE</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-11-STO 34 (10:56) 19-Charles Clark pass Pass knocked down by 22-Stan Aconda. incomplete, intended for 88-Glenn Roach. 22-Stan Aconda got away with a hold on that play.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>3-11-STO 34 (10:53) 19-Charles Clark pass incomplete, dropped by 87-Robert Woolsey. STO 77-Scott Crew was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>4-11-STO 34 (10:50) 12-Steven Coon punts 54 yards to HOU 12.</t>
   </si>
   <si>
-    <t>#55 Gilbert McCoy - LT</t>
+    <t>#75 Gilbert McCoy - LT</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>HOU 12</t>
   </si>
   <si>
     <t>1-10-HOU 12 (10:40) 18-John Adams pass complete to 85-Chuck Iceman Liddell to HOU 22 for 9 yards. Tackle by 99-Clifford Farmer. PENALTY - Unnecessary Roughness (STO 99-Clifford Farmer)</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>1-10-HOU 37 (10:38) 18-John Adams pass incomplete, intended for 84-Andrew Smith. Pressure by 1-Clinton Walsh.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>2-10-HOU 37 (10:35) 18-John Adams pass Pass knocked down by 94-Brandon Hosea. incomplete, intended for 17-Marshall Lewis. PENALTY - Offsides (STO 69-Gregory McDonald)</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
@@ -1148,51 +1148,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:10) Extra point GOOD by 19-Brian Bennett. HOU 69-Kenneth Alvarez was injured on the play. He looks like he should be able to return. STO 0 HOU 7</t>
   </si>
   <si>
     <t>#19 Brian Bennett - K</t>
   </si>
   <si>
     <t>#65 Chris Smith - RG</t>
   </si>
   <si>
     <t>#72 Michael Weinstein - RT</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>#65 Joshua Norton - CB</t>
   </si>
   <si>
-    <t>#69 Dennis McDowell - RDE</t>
+    <t>#91 Dennis McDowell - RDE</t>
   </si>
   <si>
     <t>#79 Alan Hogan - RDE</t>
   </si>
   <si>
     <t>#73 Reginald Hutchinson - RDE</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(9:10) 19-Brian Bennett kicks 75 yards from HOU 35 to STO -10. Touchback.</t>
   </si>
   <si>
     <t>#39 Victor Salinas - WR</t>
   </si>
   <si>
     <t>#2 Randy Coombs - CB</t>
   </si>
   <si>
     <t>#3 Larry Stevens - CB</t>
   </si>
   <si>
     <t>STO 25</t>
   </si>