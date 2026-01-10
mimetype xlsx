--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -311,51 +311,51 @@
   <si>
     <t>#77 Rain Smeller - LG</t>
   </si>
   <si>
     <t>#98 Nick Latham - WLB</t>
   </si>
   <si>
     <t>#57 Claude Shaw - WLB</t>
   </si>
   <si>
     <t>#21 Keith Wickham - CB</t>
   </si>
   <si>
     <t>#58 Eaton Bacon - WLB</t>
   </si>
   <si>
     <t>#99 Bruce Darling - RDE</t>
   </si>
   <si>
     <t>#93 Nicholas Nagle - DT</t>
   </si>
   <si>
     <t>#79 Paul Turner - WLB</t>
   </si>
   <si>
-    <t>#20 Robert Moreno - SS</t>
+    <t>#20 Robert Moreno - CB</t>
   </si>
   <si>
     <t>#6 James Glass - K</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>POR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-POR 25 (15:00) 31-William Johnson ran to POR 36 for 11 yards. Tackle by 25-Nandor de Laurentiis.</t>
   </si>
   <si>
     <t>#17 Joshua Rudolph - QB</t>
   </si>
   <si>
     <t>#31 William Johnson - RB</t>
   </si>