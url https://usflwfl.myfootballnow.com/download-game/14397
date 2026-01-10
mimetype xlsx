--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -518,51 +518,51 @@
   <si>
     <t>#50 Bryon Cox - MLB</t>
   </si>
   <si>
     <t>#98 Mitchell Maloney - WLB</t>
   </si>
   <si>
     <t>#42 Raymond Long - CB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>ARZ 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>2-8-ARZ 32 (14:10) 17-Eric Rodriguez ran to ARZ 26 for 7 yards. Tackle by 42-Raymond Long.</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - WR</t>
   </si>
   <si>
     <t>#87 Hingle McCringleberry - WR</t>
   </si>
   <si>
     <t>#61 Adrian Davies - C</t>
   </si>
   <si>
     <t>#62 Lance Sanchez - C</t>
   </si>
   <si>
     <t>#90 Daniel Westfield - MLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>3-1-ARZ 26 (13:37) 11-William Allshouse ran to ARZ 23 for 3 yards. Tackle by 62-Bennie Schrader.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>