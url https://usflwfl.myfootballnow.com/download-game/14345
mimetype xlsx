--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -302,141 +302,141 @@
   <si>
     <t>(15:00) 3-Allan Hawk kicks 74 yards from DEN 35 to PIT -9. 80-Felipe Shea to PIT 31 for 40 yards. Tackle by 3-Allan Hawk.</t>
   </si>
   <si>
     <t>#80 Felipe Shea - WR</t>
   </si>
   <si>
     <t>#91 William Johnson - DT</t>
   </si>
   <si>
     <t>#97 Louis Belden - WLB</t>
   </si>
   <si>
     <t>#53 Ernest Baldwin - MLB</t>
   </si>
   <si>
     <t>#92 Bacon Butty - DT</t>
   </si>
   <si>
     <t>#39 Terry Jordan - CB</t>
   </si>
   <si>
     <t>#57 Gerald Rawlings - DT</t>
   </si>
   <si>
-    <t>#96 Paul Cook - MLB</t>
+    <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#45 Clayton Wesley - CB</t>
   </si>
   <si>
-    <t>#51 Brian Lynch - MLB</t>
+    <t>#98 Brian Lynch - MLB</t>
   </si>
   <si>
     <t>#49 Willie Averill - CB</t>
   </si>
   <si>
     <t>#3 Allan Hawk - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 31 (14:55) 84-Myron Schumacher ran to PIT 32 for a short gain. Tackle by 59-Brian Rico.</t>
   </si>
   <si>
     <t>#9 Thomas Hampton - QB</t>
   </si>
   <si>
     <t>#84 Myron Schumacher - WR</t>
   </si>
   <si>
     <t>#23 Andrew Paul - WR</t>
   </si>
   <si>
-    <t>#22 Nathaniel Adams - WR</t>
+    <t>#12 Nathaniel Adams - WR</t>
   </si>
   <si>
     <t>#88 Gary Erickson - WR</t>
   </si>
   <si>
     <t>#13 Bradley Russell - WR</t>
   </si>
   <si>
     <t>#79 Lester Donahoe - LT</t>
   </si>
   <si>
     <t>#71 John Wilkes - LG</t>
   </si>
   <si>
     <t>#72 John Moore - C</t>
   </si>
   <si>
     <t>#52 Matthew Webb - C</t>
   </si>
   <si>
     <t>#61 Dean Gann - C</t>
   </si>
   <si>
-    <t>#55 Matthew Williams - RDE</t>
+    <t>#55 Matthew Williams - LDE</t>
   </si>
   <si>
     <t>#90 Albert Johnson - DT</t>
   </si>
   <si>
     <t>#60 Bump Willis - LDE</t>
   </si>
   <si>
     <t>#77 Joe Averedge - LDE</t>
   </si>
   <si>
-    <t>#37 Dillon Pikkel - CB</t>
+    <t>#36 Dillon Pikkel - CB</t>
   </si>
   <si>
     <t>#95 Juan Toothree - RDE</t>
   </si>
   <si>
     <t>#59 Brian Rico - SLB</t>
   </si>
   <si>
     <t>#26 Cha Cha Chavis - CB</t>
   </si>
   <si>
-    <t>#25 Jackie Jones - CB</t>
+    <t>#24 Jackie Jones - CB</t>
   </si>
   <si>
     <t>#45 Todd Freeman - SS</t>
   </si>
   <si>
     <t>#9 Syotto Puolustaja - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PIT 32</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-10-PIT 32 (14:16) 9-Thomas Hampton pass complete to 88-Gary Erickson to PIT 40 for 8 yards. Tackle by 25-Jackie Jones.</t>
   </si>
   <si>
     <t>#32 Allen Ramos - RB</t>
   </si>
@@ -455,171 +455,171 @@
   <si>
     <t>#23 Gene Campbell - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>PIT 40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-1-PIT 40 (13:40) 9-Thomas Hampton sacked at PIT 30 for -10 yards (90-Bump Willis). Sack allowed by 67-Dean Gann.</t>
   </si>
   <si>
     <t>#17 Salvatore Laffoon - WR</t>
   </si>
   <si>
     <t>#49 Jordan Hedrick - CB</t>
   </si>
   <si>
-    <t>#36 Penn Elane - CB</t>
+    <t>#33 Penn Elane - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>PIT 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-PIT 30 (13:03) 6-Clifton Beaty punts 45 yards to DEN 25. 24-Gregory Leone to DEN 27 for 2 yards. Tackle by 39-Terry Jordan.</t>
   </si>
   <si>
     <t>#6 Clifton Beaty - P</t>
   </si>
   <si>
     <t>#70 Harry Torres - RT</t>
   </si>
   <si>
     <t>#24 Gregory Leone - RB</t>
   </si>
   <si>
     <t>#85 Nathan Wilson - LDE</t>
   </si>
   <si>
     <t>#52 Mark Contreras - TE</t>
   </si>
   <si>
-    <t>#38 Albert Akers - FB</t>
+    <t>#43 Albert Akers - FB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DEN 27 (12:56) 5-Bernard Smith pass complete to 4-Mason Jahr to DEN 35 for 9 yards. Tackle by 25-Wesley Johnson. 4-Mason Jahr made a great move on the CB.</t>
   </si>
   <si>
     <t>#5 Bernard Smith - QB</t>
   </si>
   <si>
     <t>#4 Mason Jahr - RB</t>
   </si>
   <si>
     <t>#66 Andrew Reilly - C</t>
   </si>
   <si>
     <t>#88 Kenny Katchett - TE</t>
   </si>
   <si>
     <t>#7 Dan Spitler - WR</t>
   </si>
   <si>
     <t>#22 Flex Yofish - WR</t>
   </si>
   <si>
-    <t>#61 Victor Brock - LT</t>
+    <t>#61 Victor Brock - RT</t>
   </si>
   <si>
     <t>#62 Rusty Steele - LG</t>
   </si>
   <si>
     <t>#63 Pork Ranger - C</t>
   </si>
   <si>
-    <t>#56 Rhodes Graider - RG</t>
+    <t>#56 Rhodes Graider - LT</t>
   </si>
   <si>
     <t>#73 Jim Bob Mathews - RT</t>
   </si>
   <si>
-    <t>#95 Willie Hall - LDE</t>
+    <t>#95 Willie Hall - RDE</t>
   </si>
   <si>
     <t>#68 William Morrison - RDE</t>
   </si>
   <si>
-    <t>#53 Philip Lorenz - MLB</t>
+    <t>#96 Philip Lorenz - MLB</t>
   </si>
   <si>
     <t>#25 Wesley Johnson - CB</t>
   </si>
   <si>
     <t>#27 Brandon Young - CB</t>
   </si>
   <si>
     <t>#29 Aaron Robin - CB</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-DEN 35 (12:11) 24-Gregory Leone ran to DEN 38 for 3 yards. Tackle by 57-Gerald Rawlings.</t>
   </si>
   <si>
-    <t>#44 Manawa Nui - FB</t>
+    <t>#48 Manawa Nui - FB</t>
   </si>
   <si>
     <t>#82 Fly Pheshing - WR</t>
   </si>
   <si>
-    <t>#78 James Ovalle - LG</t>
+    <t>#52 James Ovalle - LG</t>
   </si>
   <si>
     <t>#83 Kirby Farmer - C</t>
   </si>
   <si>
     <t>#51 Nathaniel Gutierrez - RG</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-DEN 38 (11:37) 5-Bernard Smith pass Pass knocked down by 27-Brandon Young. incomplete, intended for 88-Kenny Katchett.</t>
   </si>
   <si>
     <t>#18 Stick Opshun - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
@@ -683,69 +683,69 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-PIT 35 (9:14) 5-Bernard Smith sacked at PIT 43 for -8 yards (95-Willie Hall). Sack allowed by 88-Kenny Katchett. 88-Kenny Katchett totally missed that block.</t>
   </si>
   <si>
     <t>#59 Ferdinand Rathjen - WLB</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>4-19-PIT 43 (8:30) 6-Paul Raymond punts 30 yards to PIT 13.</t>
   </si>
   <si>
     <t>#6 Paul Raymond - P</t>
   </si>
   <si>
     <t>#48 Charles Doak - TE</t>
   </si>
   <si>
-    <t>#55 Lloyd Brooks - DT</t>
+    <t>#72 Lloyd Brooks - DT</t>
   </si>
   <si>
     <t>#31 Victor Corey - WLB</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>PIT 13</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-PIT 13 (8:21) 9-Thomas Hampton pass Pass knocked down by 9-Syotto Puolustaja. incomplete, intended for 80-Felipe Shea.</t>
   </si>
   <si>
-    <t>#37 Jeff Hicks - SS</t>
+    <t>#37 Jeff Hicks - FS</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-10-PIT 13 (8:17) 84-Myron Schumacher ran to PIT 15 for 2 yards. Tackle by 45-Todd Freeman.</t>
   </si>
   <si>
     <t>#15 James Reyes - WR</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -1667,51 +1667,51 @@
   <si>
     <t>2-10-DEN 10 (13:30) 5-Bernard Smith pass complete to 88-Kenny Katchett to DEN 19 for 9 yards. Tackle by 49-Willie Averill. 88-Kenny Katchett made a great move on the CB. Pressure by 51-Daniel Lang.</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-1-DEN 19 (13:10) 5-Bernard Smith pass incomplete, intended for 7-Dan Spitler.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>4-1-DEN 19 (13:07) 6-Paul Raymond punts 49 yards to PIT 32. 17-Salvatore Laffoon to PIT 40 for 8 yards. Tackle by 33-Scott Hodges. PIT 95-Willie Hall was injured on the play.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>1-10-PIT 40 (12:59) 32-Allen Ramos ran to PIT 41 for 1 yards. Tackle by 99-Butler Binz.</t>
   </si>
   <si>
-    <t>#10 Alex Allen - QB</t>
+    <t>#16 Alex Allen - QB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>2-9-PIT 41 (12:16) 32-Allen Ramos ran to PIT 37 for -4 yards. Tackle by 59-Brian Rico.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>PIT 37</t>
   </si>
   <si>
     <t>3-13-PIT 37 (11:32) 32-Allen Ramos ran to PIT 34 for -3 yards. Tackle by 8-Juan Toothree. DEN 90-Bump Willis was injured on the play.</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>PIT 34</t>
   </si>
   <si>
     <t>4-15-PIT 34 (10:57) 6-Clifton Beaty punts 49 yards to DEN 17. 24-Gregory Leone to DEN 46 for 30 yards. Tackle by 6-Clifton Beaty. PIT 32-Allen Ramos was injured on the play. DEN 1-Cha Cha Chavis was injured on the play.</t>
   </si>