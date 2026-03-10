--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Allan Hawk kicks 74 yards from DEN 35 to PIT -9. 80-Felipe Shea to PIT 31 for 40 yards. Tackle by 3-Allan Hawk.</t>
   </si>
   <si>
     <t>#80 Felipe Shea - WR</t>
   </si>
   <si>
-    <t>#91 William Johnson - DT</t>
+    <t>#96 William Johnson - DT</t>
   </si>
   <si>
     <t>#97 Louis Belden - WLB</t>
   </si>
   <si>
     <t>#53 Ernest Baldwin - MLB</t>
   </si>
   <si>
     <t>#92 Bacon Butty - DT</t>
   </si>
   <si>
     <t>#39 Terry Jordan - CB</t>
   </si>
   <si>
     <t>#57 Gerald Rawlings - DT</t>
   </si>
   <si>
     <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#45 Clayton Wesley - CB</t>
   </si>
   <si>
     <t>#98 Brian Lynch - MLB</t>
   </si>