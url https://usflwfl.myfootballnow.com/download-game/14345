--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -341,51 +341,51 @@
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 31 (14:55) 84-Myron Schumacher ran to PIT 32 for a short gain. Tackle by 59-Brian Rico.</t>
   </si>
   <si>
     <t>#9 Thomas Hampton - QB</t>
   </si>
   <si>
     <t>#84 Myron Schumacher - WR</t>
   </si>
   <si>
-    <t>#23 Andrew Paul - WR</t>
+    <t>#23 Andrew Paul - C</t>
   </si>
   <si>
     <t>#12 Nathaniel Adams - WR</t>
   </si>
   <si>
     <t>#88 Gary Erickson - WR</t>
   </si>
   <si>
     <t>#13 Bradley Russell - WR</t>
   </si>
   <si>
     <t>#79 Lester Donahoe - LT</t>
   </si>
   <si>
     <t>#71 John Wilkes - LG</t>
   </si>
   <si>
     <t>#72 John Moore - C</t>
   </si>
   <si>
     <t>#52 Matthew Webb - C</t>
   </si>
   <si>
     <t>#61 Dean Gann - C</t>
   </si>