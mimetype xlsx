--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -287,156 +287,156 @@
   <si>
     <t>SHR has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>SHR</t>
   </si>
   <si>
     <t>SHR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Joseph Davis kicks 67 yards from SHR 35 to DEN -2. Touchback.</t>
   </si>
   <si>
     <t>#14 Jose Compos - RB</t>
   </si>
   <si>
     <t>#26 Cha Cha Chavis - CB</t>
   </si>
   <si>
-    <t>#37 Dillon Pikkel - CB</t>
+    <t>#36 Dillon Pikkel - CB</t>
   </si>
   <si>
     <t>#8 Butler Binz - MLB</t>
   </si>
   <si>
     <t>#60 Bump Willis - LDE</t>
   </si>
   <si>
     <t>#95 Juan Toothree - RDE</t>
   </si>
   <si>
     <t>#65 Joshua Norton - CB</t>
   </si>
   <si>
-    <t>#36 Penn Elane - CB</t>
+    <t>#33 Penn Elane - CB</t>
   </si>
   <si>
     <t>#33 Scott Hodges - SS</t>
   </si>
   <si>
-    <t>#25 Jackie Jones - CB</t>
+    <t>#24 Jackie Jones - CB</t>
   </si>
   <si>
     <t>#70 Bam Bam Bigelow - RDE</t>
   </si>
   <si>
     <t>#13 Joseph Davis - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 5-Bernard Smith pass Pass knocked down by 93-Robert Moreno. incomplete, intended for 7-Dan Spitler.</t>
   </si>
   <si>
     <t>#5 Bernard Smith - QB</t>
   </si>
   <si>
     <t>#24 Raphael McArthur - WR</t>
   </si>
   <si>
     <t>#66 Andrew Reilly - C</t>
   </si>
   <si>
     <t>#81 Jose Fitzwater - TE</t>
   </si>
   <si>
     <t>#7 Dan Spitler - WR</t>
   </si>
   <si>
     <t>#22 Flex Yofish - WR</t>
   </si>
   <si>
-    <t>#61 Victor Brock - LT</t>
+    <t>#61 Victor Brock - RT</t>
   </si>
   <si>
     <t>#62 Rusty Steele - LG</t>
   </si>
   <si>
     <t>#63 Pork Ranger - C</t>
   </si>
   <si>
-    <t>#78 Howard Healy - RG</t>
+    <t>#78 Howard Healy - LG</t>
   </si>
   <si>
     <t>#73 Jim Bob Mathews - RT</t>
   </si>
   <si>
     <t>#92 Gerald Wiedeman - LDE</t>
   </si>
   <si>
     <t>#70 Nick Erickson - DT</t>
   </si>
   <si>
-    <t>#91 Steven Perez - DT</t>
-[...2 lines deleted...]
-    <t>#71 Timothy Grady - RDE</t>
+    <t>#79 Steven Perez - DT</t>
+  </si>
+  <si>
+    <t>#59 Timothy Grady - RDE</t>
   </si>
   <si>
     <t>#99 Daniel Ramage - SLB</t>
   </si>
   <si>
     <t>#55 Bernard Sanford - MLB</t>
   </si>
   <si>
     <t>#91 Allan Stallings - WLB</t>
   </si>
   <si>
     <t>#49 David Richards - CB</t>
   </si>
   <si>
     <t>#39 Harvey Seiler - CB</t>
   </si>
   <si>
-    <t>#20 Robert Moreno - SS</t>
+    <t>#20 Robert Moreno - CB</t>
   </si>
   <si>
     <t>#30 James Woods - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-DEN 25 (14:58) 14-Jose Compos ran to DEN 38 for 13 yards. Tackle by 30-James Woods. SHR 92-Gerald Wiedeman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Arthur Ortega - WR</t>
   </si>
   <si>
     <t>#82 Fly Pheshing - WR</t>
   </si>
   <si>
     <t>#79 Wesley Curry - LT</t>
   </si>
@@ -446,72 +446,72 @@
   <si>
     <t>#77 Conrad Dobler - RG</t>
   </si>
   <si>
     <t>#23 William Parrott - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-DEN 38 (14:23) 5-Bernard Smith pass Pass knocked down by 30-James Woods. incomplete, intended for 7-Dan Spitler.</t>
   </si>
   <si>
     <t>#18 Stick Opshun - WR</t>
   </si>
   <si>
-    <t>#42 Billy Clair - LDE</t>
-[...2 lines deleted...]
-    <t>#38 Alex Beane - SS</t>
+    <t>#75 Billy Clair - LDE</t>
+  </si>
+  <si>
+    <t>#24 Alex Beane - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-DEN 38 (14:21) PENALTY - False Start (DEN 68-Roger McDonald)</t>
   </si>
   <si>
     <t>#4 Mason Jahr - RB</t>
   </si>
   <si>
-    <t>#44 Manawa Nui - FB</t>
+    <t>#48 Manawa Nui - FB</t>
   </si>
   <si>
     <t>#66 Roger McDonald - RT</t>
   </si>
   <si>
     <t>#79 William Maki - RDE</t>
   </si>
   <si>
     <t>#51 Dennis Walker - MLB</t>
   </si>
   <si>
     <t>DEN 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-15-DEN 33 (14:21) 14-Jose Compos ran to DEN 46 for 14 yards. Tackle by 30-James Woods. DEN 81-Jose Fitzwater was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#43 Carmen Thompson - CB</t>
   </si>
@@ -665,63 +665,63 @@
   <si>
     <t>#29 Kenneth Denby - FB</t>
   </si>
   <si>
     <t>#82 Thomas Olson - TE</t>
   </si>
   <si>
     <t>#81 Alan Bowers - TE</t>
   </si>
   <si>
     <t>#53 Joseph Lively - LT</t>
   </si>
   <si>
     <t>#66 Cody Woods - LG</t>
   </si>
   <si>
     <t>#75 James Douglass - LT</t>
   </si>
   <si>
     <t>#78 Cecil Cramer - RG</t>
   </si>
   <si>
     <t>#79 Jamie Warwick - RT</t>
   </si>
   <si>
-    <t>#55 Matthew Williams - RDE</t>
+    <t>#55 Matthew Williams - LDE</t>
   </si>
   <si>
     <t>#75 Jerry Franklin - DT</t>
   </si>
   <si>
     <t>#77 Joe Averedge - LDE</t>
   </si>
   <si>
     <t>#9 Syotto Puolustaja - FS</t>
   </si>
   <si>
-    <t>#37 Jeff Hicks - SS</t>
+    <t>#37 Jeff Hicks - FS</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>SHR 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>2-8-SHR 27 (8:43) 31-Ralph Wicker ran to SHR 22 for -5 yards. Tackle by 49-Jordan Hedrick.</t>
   </si>
   <si>
     <t>#31 Ralph Wicker - RB</t>
   </si>
   <si>
     <t>#12 Marshall Bernardi - WR</t>
   </si>
   <si>
     <t>#88 Louis Mallette - WR</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-13-SHR 22 (8:00) 18-Kevin Burnett ran to SHR 33 for 11 yards. Tackle by 45-Todd Freeman.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>SHR 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-SHR 33 (7:15) 3-Scott Still punts 45 yards to DEN 22. 2-Arthur Ortega to DEN 24 for 2 yards. Tackle by 55-Bernard Sanford.</t>
   </si>
   <si>
     <t>#3 Scott Still - P</t>
   </si>
   <si>
-    <t>#72 David Thomas - C</t>
+    <t>#75 David Thomas - C</t>
   </si>
   <si>
     <t>#73 Donald Ashley - LT</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>DEN 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DEN 24 (7:08) 14-Jose Compos ran to DEN 27 for 3 yards. Tackle by 69-Steven Perez.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>DEN 27</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>SHR 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-12-SHR 26 (5:43) 4-Nicholas Meis pass complete to 12-Marshall Bernardi to SHR 34 for 7 yards. Tackle by 23-Gene Campbell.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>SHR 34</t>
   </si>
   <si>
     <t>4-5-SHR 34 (4:56) 3-Scott Still punts 43 yards to DEN 23. Fair Catch by 2-Arthur Ortega.</t>
   </si>
   <si>
-    <t>#95 Willie Hall - LDE</t>
+    <t>#95 Willie Hall - RDE</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>DEN 23</t>
   </si>
   <si>
     <t>1-10-DEN 23 (4:50) 14-Jose Compos ran to DEN 33 for 10 yards. Tackle by 93-Robert Moreno.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DEN 33 (4:15) 5-Bernard Smith pass complete to 4-Mason Jahr to DEN 33 for a short gain. Tackle by 49-David Richards.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>