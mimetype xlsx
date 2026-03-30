--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -392,69 +392,69 @@
   <si>
     <t>#70 Nick Erickson - DT</t>
   </si>
   <si>
     <t>#79 Steven Perez - DT</t>
   </si>
   <si>
     <t>#59 Timothy Grady - RDE</t>
   </si>
   <si>
     <t>#99 Daniel Ramage - SLB</t>
   </si>
   <si>
     <t>#55 Bernard Sanford - MLB</t>
   </si>
   <si>
     <t>#91 Allan Stallings - WLB</t>
   </si>
   <si>
     <t>#49 David Richards - CB</t>
   </si>
   <si>
     <t>#39 Harvey Seiler - CB</t>
   </si>
   <si>
-    <t>#20 Robert Moreno - CB</t>
+    <t>#20 Robert Moreno - LDE</t>
   </si>
   <si>
     <t>#30 James Woods - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-DEN 25 (14:58) 14-Jose Compos ran to DEN 38 for 13 yards. Tackle by 30-James Woods. SHR 92-Gerald Wiedeman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#89 Arthur Ortega - WR</t>
+    <t>#89 Arthur Ortega - C</t>
   </si>
   <si>
     <t>#82 Fly Pheshing - WR</t>
   </si>
   <si>
     <t>#79 Wesley Curry - LT</t>
   </si>
   <si>
     <t>#64 James Largo - C</t>
   </si>
   <si>
     <t>#77 Conrad Dobler - RG</t>
   </si>
   <si>
     <t>#23 William Parrott - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>(9:24) Extra point GOOD by 3-Allan Hawk. DEN 7 SHR 0</t>
   </si>
   <si>
     <t>#3 Allan Hawk - K</t>
   </si>
   <si>
     <t>#56 Dominick Candelaria - WLB</t>
   </si>
   <si>
     <t>#94 Mark Briley - RDE</t>
   </si>
   <si>
     <t>#97 Clay Moore - DT</t>
   </si>
   <si>
     <t>#52 Ralph Dewoody - DT</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>(9:24) 3-Allan Hawk kicks 75 yards from DEN 35 to SHR -10. Touchback.</t>
   </si>
   <si>
-    <t>#46 Jack Hayes - FB</t>
+    <t>#46 Jack Hayes - C</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-SHR 25 (9:24) 4-Nicholas Meis pass complete to 82-Thomas Olson to SHR 27 for 2 yards. Tackle by 1-Cha Cha Chavis.</t>
   </si>
   <si>
     <t>#4 Nicholas Meis - QB</t>
   </si>
   <si>
     <t>#18 Kevin Burnett - RB</t>
   </si>
   <si>
     <t>#29 Kenneth Denby - FB</t>
   </si>
   <si>
     <t>#82 Thomas Olson - TE</t>
   </si>
   <si>
     <t>#81 Alan Bowers - TE</t>
   </si>
@@ -2262,51 +2262,51 @@
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>