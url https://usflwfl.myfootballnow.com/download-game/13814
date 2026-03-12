--- v0 (2025-12-15)
+++ v1 (2026-03-12)
@@ -293,138 +293,138 @@
   <si>
     <t>SHR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Joseph Davis kicks 61 yards from SHR 35 to MEM 4. 31-Melvin Williams to MEM 25 for 22 yards. Tackle by 36-Mark Armstrong.</t>
   </si>
   <si>
     <t>#31 Melvin Williams - CB</t>
   </si>
   <si>
     <t>#64 Taylor Wagoner - C</t>
   </si>
   <si>
     <t>#55 Edward Richard - CB</t>
   </si>
   <si>
     <t>#21 Eric Ramirez - WR</t>
   </si>
   <si>
-    <t>#78 Charles Black - C</t>
+    <t>#69 Charles Black - C</t>
   </si>
   <si>
     <t>#80 Edward Divito - WR</t>
   </si>
   <si>
     <t>#83 Marty Jimenez - WR</t>
   </si>
   <si>
     <t>#17 Johnnie Karnes - WR</t>
   </si>
   <si>
     <t>#16 Bill Baumbach - WR</t>
   </si>
   <si>
-    <t>#65 Lane Byrne - C</t>
+    <t>#65 Lane Byrne - RG</t>
   </si>
   <si>
     <t>#77 Ronald Perkins - C</t>
   </si>
   <si>
     <t>#13 Joseph Davis - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MEM 25 (14:57) 23-George Hoffman ran to MEM 31 for 5 yards. Tackle by 22-Carmen Thompson.</t>
   </si>
   <si>
     <t>#19 Keith Carter - QB</t>
   </si>
   <si>
     <t>#23 George Hoffman - WR</t>
   </si>
   <si>
-    <t>#70 Michael Strange - C</t>
+    <t>#70 Michael Strange - RG</t>
   </si>
   <si>
     <t>#81 Billy Bach - WR</t>
   </si>
   <si>
     <t>#86 Mike Simon - WR</t>
   </si>
   <si>
     <t>#75 Raymond Burrow - C</t>
   </si>
   <si>
     <t>#92 Gerald Wiedeman - LDE</t>
   </si>
   <si>
     <t>#97 Clay Moore - DT</t>
   </si>
   <si>
     <t>#70 Nick Erickson - DT</t>
   </si>
   <si>
-    <t>#71 Timothy Grady - RDE</t>
+    <t>#59 Timothy Grady - RDE</t>
   </si>
   <si>
     <t>#55 Bernard Sanford - MLB</t>
   </si>
   <si>
     <t>#56 Dominick Candelaria - WLB</t>
   </si>
   <si>
     <t>#49 David Richards - CB</t>
   </si>
   <si>
     <t>#23 William Parrott - CB</t>
   </si>
   <si>
     <t>#43 Carmen Thompson - CB</t>
   </si>
   <si>
-    <t>#20 Robert Moreno - SS</t>
+    <t>#20 Robert Moreno - CB</t>
   </si>
   <si>
     <t>#30 James Woods - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>MEM 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-5-MEM 31 (14:14) 23-George Hoffman ran to MEM 33 for 3 yards. Tackle by 56-Dominick Candelaria.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>MEM 33</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-MEM 33 (13:26) 12-Angelo Brooks punts 49 yards to SHR 18. Fair Catch by 46-Jack Hayes.</t>
   </si>
   <si>
     <t>#12 Angelo Brooks - P</t>
   </si>
   <si>
     <t>#46 Jack Hayes - FB</t>
   </si>
   <si>
     <t>#57 Gary Hampton - C</t>
   </si>
   <si>
     <t>#79 William Maki - RDE</t>
   </si>
   <si>
-    <t>#38 Alex Beane - SS</t>
+    <t>#24 Alex Beane - SS</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>SHR 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-SHR 18 (13:20) 31-Ralph Wicker ran to SHR 22 for 4 yards. Tackle by 27-Brandon Young.</t>
   </si>
   <si>
     <t>#4 Nicholas Meis - QB</t>
   </si>
   <si>
     <t>#31 Ralph Wicker - RB</t>
   </si>
   <si>
     <t>#29 Kenneth Denby - FB</t>
   </si>
   <si>
     <t>#81 Alan Bowers - TE</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#16 Carlos Rubalcava - WR</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>SHR 27</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>3-1-SHR 27 (12:10) 31-Ralph Wicker ran to SHR 27 for a short gain. Tackle by 92-Robert Camp.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>4-1-SHR 27 (11:36) PENALTY - False Start (SHR 56-Dominick Candelaria)</t>
   </si>
   <si>
     <t>#3 Scott Still - P</t>
   </si>
   <si>
-    <t>#72 David Thomas - C</t>
+    <t>#75 David Thomas - C</t>
   </si>
   <si>
     <t>#73 Donald Ashley - LT</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>4-6-SHR 22 (11:36) 3-Scott Still punts 43 yards to MEM 35. 81-Billy Bach to MEM 39 for 4 yards. Tackle by 22-Carmen Thompson.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>MEM 39</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MEM 39 (11:29) 23-George Hoffman ran to MEM 43 for 4 yards. Tackle by 56-Dominick Candelaria.</t>
   </si>
@@ -728,51 +728,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-SHR 29 (6:41) 2-Keeshawn Tye 46 yard field goal is GOOD. SHR 0 MEM 3</t>
   </si>
   <si>
     <t>#9 Jack Gentry - QB</t>
   </si>
   <si>
     <t>#68 Jerry Schreffler - LT</t>
   </si>
   <si>
     <t>#2 Keeshawn Tye - K</t>
   </si>
   <si>
     <t>#63 Jim Alexander - C</t>
   </si>
   <si>
     <t>#94 Mark Briley - RDE</t>
   </si>
   <si>
     <t>#52 Ralph Dewoody - DT</t>
   </si>
   <si>
-    <t>#42 Billy Clair - LDE</t>
+    <t>#75 Billy Clair - LDE</t>
   </si>
   <si>
     <t>#40 Mark Armstrong - SS</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(6:38) 2-Keeshawn Tye kicks 72 yards from MEM 35 to SHR -7. Touchback.</t>
   </si>
   <si>
     <t>SHR 25</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>1-10-SHR 25 (6:38) 4-Nicholas Meis pass INTERCEPTED by 51-Andre Ferrill at SHR 27. 51-Andre Ferrill to SHR 26 for 1 yards. Tackle by 12-Marshall Bernardi.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
@@ -2252,103 +2252,103 @@
   </sheetPr>
   <dimension ref="A1:CD180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>