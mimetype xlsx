--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -281,207 +281,207 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>STO has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>STO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Sean Griffin kicks 75 yards from STO 35 to ORL -10. Touchback.</t>
   </si>
   <si>
-    <t>#31 Bill Minks - RB</t>
+    <t>#27 Bill Minks - RB</t>
   </si>
   <si>
     <t>#79 Moises Hunter - DT</t>
   </si>
   <si>
     <t>#90 James Carver - WLB</t>
   </si>
   <si>
     <t>#38 George Norris - FS</t>
   </si>
   <si>
     <t>#97 Dennis McCauley - SLB</t>
   </si>
   <si>
-    <t>#30 James Hedrick - CB</t>
+    <t>#30 James Hedrick - LDE</t>
   </si>
   <si>
     <t>#44 Chris Little - CB</t>
   </si>
   <si>
     <t>#99 Jimmy Laforge - DT</t>
   </si>
   <si>
     <t>#45 John Ryder - FS</t>
   </si>
   <si>
     <t>#25 Paco Gomez - MLB</t>
   </si>
   <si>
     <t>#69 Albert Banks - RDE</t>
   </si>
   <si>
     <t>#15 Sean Griffin - K</t>
   </si>
   <si>
     <t>ORL</t>
   </si>
   <si>
     <t>ORL 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-ORL 25 (15:00) 49-Cedrick Santana ran to ORL 25 for a short gain. Tackle by 20-Lawrence Lothian. ORL 72-Jamie Warwick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Jesse Alexander - QB</t>
   </si>
   <si>
     <t>#49 Cedrick Santana - FB</t>
   </si>
   <si>
     <t>#17 Michael Smith - WR</t>
   </si>
   <si>
     <t>#82 Charles Button - WR</t>
   </si>
   <si>
-    <t>#11 Joseph Cooper - WR</t>
-[...2 lines deleted...]
-    <t>#63 Robert Taylor - LT</t>
+    <t>#17 Joseph Cooper - WR</t>
+  </si>
+  <si>
+    <t>#70 Robert Taylor - RT</t>
   </si>
   <si>
     <t>#73 Robert Lett - LG</t>
   </si>
   <si>
     <t>#79 Jamie Warwick - RT</t>
   </si>
   <si>
     <t>#65 Christopher Young - RG</t>
   </si>
   <si>
     <t>#67 Noel Wright - RT</t>
   </si>
   <si>
     <t>#54 Kevin Farrar - LDE</t>
   </si>
   <si>
     <t>#60 Peter Chancellor - DT</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
-    <t>#96 Sydney Wheeler - RDE</t>
+    <t>#96 Sydney Wheeler - LDE</t>
   </si>
   <si>
     <t>#20 Lawrence Lothian - CB</t>
   </si>
   <si>
     <t>#53 David Smith - CB</t>
   </si>
   <si>
     <t>#35 Wm Kaiser - FS</t>
   </si>
   <si>
     <t>#49 Gordon Locke - CB</t>
   </si>
   <si>
     <t>#99 Clifford Farmer - CB</t>
   </si>
   <si>
     <t>#45 Patrick Gilbert - CB</t>
   </si>
   <si>
-    <t>#38 Henry Greear - CB</t>
+    <t>#38 Henry Greear - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-ORL 25 (14:17) 12-Jesse Alexander pass Pass knocked down by 99-Clifford Farmer. incomplete, intended for 83-Joseph Calkins.</t>
   </si>
   <si>
-    <t>#83 Joseph Calkins - TE</t>
+    <t>#89 Joseph Calkins - TE</t>
   </si>
   <si>
     <t>#81 Jose Fitzwater - TE</t>
   </si>
   <si>
     <t>#67 Brett Russell - C</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-ORL 25 (14:14) 12-Jesse Alexander pass complete to 49-Cedrick Santana to ORL 30 for 5 yards. Tackle by 94-Brandon Hosea.</t>
   </si>
   <si>
-    <t>#94 Brandon Hosea - CB</t>
-[...2 lines deleted...]
-    <t>#90 Benjamin Gonzalez - CB</t>
+    <t>#94 Brandon Hosea - FS</t>
+  </si>
+  <si>
+    <t>#90 Benjamin Gonzalez - SS</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
-    <t>#37 Roger Watkins - CB</t>
+    <t>#37 Roger Watkins - SS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>ORL 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ORL 30 (13:33) 10-Jerome Ramirez punts 48 yards to STO 22. 16-John Johnson to STO 22 for 1 yards. Tackle by 38-George Norris.</t>
   </si>
   <si>
     <t>#10 Jerome Ramirez - P</t>
   </si>
   <si>
     <t>#16 John Johnson - WR</t>
   </si>
   <si>
     <t>#32 Eric Izzo - CB</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#35 Michael Barry - WR</t>
   </si>
   <si>
     <t>#98 Douglas Francis - SLB</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>ORL 44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-ORL 44 (10:45) 10-George Warner pass complete to 17-Martin Miranda for 44 yards. TOUCHDOWN! Nice job by 17-Martin Miranda on that route to lose his coverage. ORL 0 STO 6</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
-    <t>#17 Martin Miranda - WR</t>
+    <t>#80 Martin Miranda - WR</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>ORL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:38) Extra point GOOD by 15-Sean Griffin. ORL 30-James Hedrick was injured on the play. He looks like he should be able to return. ORL 0 STO 7</t>
   </si>
   <si>
     <t>#56 James Kitchen - C</t>
   </si>
   <si>
     <t>#78 Aaron Stubblefield - C</t>
   </si>
   <si>
     <t>#52 Matt Bermudez - C</t>
   </si>