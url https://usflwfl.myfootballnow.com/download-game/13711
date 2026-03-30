--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -506,51 +506,51 @@
   <si>
     <t>#98 Timothy Rowell - RDE</t>
   </si>
   <si>
     <t>#68 Terry Macha - DT</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>STO 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-STO 22 (13:26) 44-Jesse Pinkman ran to STO 24 for 2 yards. Tackle by 97-Dennis McCauley.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - C</t>
   </si>
   <si>
     <t>#44 Jesse Pinkman - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#89 Kendall Short - WR</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#50 Steve Taylor - RG</t>
   </si>