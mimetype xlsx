--- v0 (2025-12-15)
+++ v1 (2026-02-18)
@@ -284,141 +284,141 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PHI has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Reynaldo Paris kicks 65 yards from PHI 35 to STO 0. 81-Lawrence Przybylski to STO 42 for 43 yards. Pushed out of bounds by 41-Theodore Costa. PHI 34-Jacob Esposito was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Lawrence Przybylski - WR</t>
   </si>
   <si>
-    <t>#38 Henry Greear - CB</t>
+    <t>#38 Henry Greear - FS</t>
   </si>
   <si>
     <t>#32 Eric Izzo - CB</t>
   </si>
   <si>
     <t>#46 Patrick Leibowitz - CB</t>
   </si>
   <si>
     <t>#99 Clifford Farmer - CB</t>
   </si>
   <si>
     <t>#45 Patrick Gilbert - CB</t>
   </si>
   <si>
-    <t>#90 Benjamin Gonzalez - CB</t>
-[...2 lines deleted...]
-    <t>#94 Brandon Hosea - CB</t>
+    <t>#90 Benjamin Gonzalez - SS</t>
+  </si>
+  <si>
+    <t>#94 Brandon Hosea - FS</t>
   </si>
   <si>
     <t>#20 Lawrence Lothian - CB</t>
   </si>
   <si>
     <t>#97 Darrell Hardesty - CB</t>
   </si>
   <si>
     <t>#35 Wm Kaiser - FS</t>
   </si>
   <si>
     <t>#3 Reynaldo Paris - K</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>STO 42</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-STO 42 (14:53) 10-George Warner pass complete to 80-Eric Rodriguez to STO 48 for 6 yards. Tackle by 57-Richard Malchow. STO 84-Jessie Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - WR</t>
+    <t>#17 Eric Rodriguez - RB</t>
   </si>
   <si>
     <t>#89 Kendall Short - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#71 Robert Mabry - LG</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#50 Steve Taylor - RG</t>
   </si>
   <si>
     <t>#67 Santiago Vinson - RT</t>
   </si>
   <si>
-    <t>#99 Michael Tucker - LDE</t>
+    <t>#90 Michael Tucker - RDE</t>
   </si>
   <si>
     <t>#98 Douglas Janis - DT</t>
   </si>
   <si>
-    <t>#94 David Romano - RDE</t>
+    <t>#50 David Romano - DT</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
     <t>#51 Bobby Gil - MLB</t>
   </si>
   <si>
     <t>#70 Larry Austin - DT</t>
   </si>
   <si>
     <t>#98 Theodore Costa - WLB</t>
   </si>
   <si>
     <t>#57 Richard Malchow - SLB</t>
   </si>
   <si>
     <t>#36 Donald Moore - CB</t>
   </si>
   <si>
     <t>#50 Denis Felton - MLB</t>
   </si>
   <si>
     <t>#58 Fred Patel - WLB</t>
   </si>
@@ -449,117 +449,117 @@
   <si>
     <t>#5 Derek Battle - CB</t>
   </si>
   <si>
     <t>#29 Chubbs Peterson - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PHI 47 (13:32) 10-George Warner pass complete to 82-Kenneth Gerke to PHI 43 for 4 yards. Tackle by 2-Donald Moore. PENALTY - Pass Interference (PHI 2-Donald Moore)</t>
   </si>
   <si>
     <t>#35 Michael Barry - WR</t>
   </si>
   <si>
-    <t>#96 Matthew Daniel - DT</t>
+    <t>#79 Matthew Daniel - DT</t>
   </si>
   <si>
     <t>#38 Alexander Land - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>PHI 41</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 41 (13:29) 80-Eric Rodriguez ran to PHI 38 for 3 yards. Tackle by 99-Michael Tucker.</t>
   </si>
   <si>
     <t>#60 Michael Harrison - DT</t>
   </si>
   <si>
     <t>#90 Ernest Ramsey - DT</t>
   </si>
   <si>
-    <t>#2 Phillip May - WLB</t>
+    <t>#2 Phillip May - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-7-PHI 38 (12:47) 80-Eric Rodriguez ran to PHI 38 for a short gain. Tackle by 40-Fred Patel.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>3-7-PHI 38 (12:07) 10-George Warner pass complete to 89-Kendall Short to PHI 12 for 25 yards. Tackle by 74-Denis Felton. PENALTY - Pass Interference (PHI 38-Alexander Land) (Declined)</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>PHI 12</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PHI 12 (12:02) 10-George Warner pass Pass knocked down by 5-Derek Battle. incomplete, intended for 81-Lawrence Przybylski.</t>
   </si>
   <si>
-    <t>#17 Martin Miranda - WR</t>
+    <t>#80 Martin Miranda - WR</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-PHI 12 (11:58) 10-George Warner sacked at PHI 21 for -9 yards (96-Matthew Daniel). Sack allowed by 82-Kenneth Gerke. 82-Kenneth Gerke completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#13 Milton Castle - WR</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -581,117 +581,117 @@
   <si>
     <t>(11:21) Extra point GOOD by 15-Sean Griffin. STO 7 PHI 0</t>
   </si>
   <si>
     <t>#15 Sean Griffin - K</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>
   <si>
     <t>#68 Jerry Schreffler - LT</t>
   </si>
   <si>
     <t>#73 Bennett Williams - LT</t>
   </si>
   <si>
     <t>#52 Matt Bermudez - C</t>
   </si>
   <si>
     <t>STO 35</t>
   </si>
   <si>
     <t>(11:21) 15-Sean Griffin kicks 73 yards from STO 35 to PHI -8. Touchback.</t>
   </si>
   <si>
-    <t>#1 Leonard Decicco - WR</t>
+    <t>#84 Leonard Decicco - WR</t>
   </si>
   <si>
     <t>#61 Paul Wight - RG</t>
   </si>
   <si>
     <t>#82 Gary Vera - TE</t>
   </si>
   <si>
     <t>#43 Barry Adams - WR</t>
   </si>
   <si>
     <t>#54 Johnnie Morris - C</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-PHI 25 (11:21) 31-James Newkirk ran to PHI 29 for 4 yards. Tackle by 51-Wm Kaiser.</t>
   </si>
   <si>
     <t>#12 Donald Davis - QB</t>
   </si>
   <si>
-    <t>#84 Anthony Kam - WR</t>
-[...2 lines deleted...]
-    <t>#31 James Newkirk - WR</t>
+    <t>#49 Anthony Kam - FB</t>
+  </si>
+  <si>
+    <t>#41 James Newkirk - WR</t>
   </si>
   <si>
     <t>#87 Matthew Nealon - WR</t>
   </si>
   <si>
     <t>#89 Penny Cash - WR</t>
   </si>
   <si>
-    <t>#87 Harold Rock - WR</t>
+    <t>#87 Harold Rock - TE</t>
   </si>
   <si>
     <t>#65 Jerry Rawson - C</t>
   </si>
   <si>
     <t>#68 Anthony Medina - C</t>
   </si>
   <si>
     <t>#73 Carey Sanfilippo - C</t>
   </si>
   <si>
-    <t>#52 James Skinner - C</t>
-[...2 lines deleted...]
-    <t>#75 Jason Herron - C</t>
+    <t>#52 James Skinner - LG</t>
+  </si>
+  <si>
+    <t>#75 Jason Herron - RT</t>
   </si>
   <si>
     <t>#54 Kevin Farrar - LDE</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
     <t>#98 Timothy Rowell - RDE</t>
   </si>
   <si>
-    <t>#96 Sydney Wheeler - RDE</t>
+    <t>#96 Sydney Wheeler - LDE</t>
   </si>
   <si>
     <t>#49 Gordon Locke - CB</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-6-PHI 29 (10:43) 12-Donald Davis pass complete to 80-Matthew Nealon to PHI 37 for 8 yards. Tackle by 49-Gordon Locke.</t>
   </si>
   <si>
     <t>#64 Justin Berger - C</t>
   </si>
   <si>
     <t>#43 Nathan Kovar - CB</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-8-PHI 39 (8:52) 12-Donald Davis pass complete to 33-Anthony Kam to PHI 44 for 5 yards. Tackle by 20-Lawrence Lothian.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-PHI 44 (8:15) 3-Aaron Stein punts 44 yards to STO 13. Fair Catch by 81-Lawrence Przybylski.</t>
   </si>
   <si>
     <t>#3 Aaron Stein - P</t>
   </si>
   <si>
-    <t>#78 Johnny Drummond - C</t>
+    <t>#78 Johnny Drummond - LT</t>
   </si>
   <si>
     <t>#68 Terry Macha - DT</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>STO 13</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-STO 13 (8:09) 10-George Warner pass complete to 89-Kendall Short to STO 19 for 7 yards. Tackle by 6-Phillip May.</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>STO 19</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -1196,51 +1196,51 @@
   <si>
     <t>PHI 36</t>
   </si>
   <si>
     <t>1-10-PHI 36 (2:59) 33-Anthony Kam ran to PHI 31 for -5 yards. Tackle by 20-Lawrence Lothian.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-15-PHI 31 (2:14) 12-Donald Davis ran to PHI 44 for 12 yards. 12-Donald Davis slides to avoid being hit.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-2-PHI 44 (2:00) 9-Thomas Reeves sacked at PHI 36 for -8 yards (96-Sydney Wheeler). Sack allowed by 63-Jerry Rawson. STO 68-Terry Macha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#12 Thomas Reeves - QB</t>
+    <t>#20 Thomas Reeves - RB</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>4-10-PHI 36 (1:25) 3-Aaron Stein punts 47 yards to STO 17. Fair Catch by 81-Lawrence Przybylski.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>STO 17</t>
   </si>
   <si>
     <t>1-10-STO 17 (1:18) 80-Eric Rodriguez ran to STO 23 for 6 yards. Tackle by 92-Wayne Allen.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>STO 23</t>
   </si>
   <si>
     <t>2-4-STO 23 (0:34) 81-Lawrence Przybylski ran to STO 42 for 19 yards. Tackle by 41-Theodore Costa. STO 50-Steve Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2377,100 +2377,100 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>