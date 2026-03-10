--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -608,51 +608,51 @@
   <si>
     <t>#61 Paul Wight - RG</t>
   </si>
   <si>
     <t>#82 Gary Vera - TE</t>
   </si>
   <si>
     <t>#43 Barry Adams - WR</t>
   </si>
   <si>
     <t>#54 Johnnie Morris - C</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-PHI 25 (11:21) 31-James Newkirk ran to PHI 29 for 4 yards. Tackle by 51-Wm Kaiser.</t>
   </si>
   <si>
     <t>#12 Donald Davis - QB</t>
   </si>
   <si>
-    <t>#49 Anthony Kam - FB</t>
+    <t>#49 Anthony Kam - RB</t>
   </si>
   <si>
     <t>#41 James Newkirk - WR</t>
   </si>
   <si>
     <t>#87 Matthew Nealon - WR</t>
   </si>
   <si>
     <t>#89 Penny Cash - WR</t>
   </si>
   <si>
     <t>#87 Harold Rock - TE</t>
   </si>
   <si>
     <t>#65 Jerry Rawson - C</t>
   </si>
   <si>
     <t>#68 Anthony Medina - C</t>
   </si>
   <si>
     <t>#73 Carey Sanfilippo - C</t>
   </si>
   <si>
     <t>#52 James Skinner - LG</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-6-PHI 29 (10:43) 12-Donald Davis pass complete to 80-Matthew Nealon to PHI 37 for 8 yards. Tackle by 49-Gordon Locke.</t>
   </si>
   <si>
     <t>#64 Justin Berger - C</t>
   </si>
   <si>
     <t>#43 Nathan Kovar - CB</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>PHI 37</t>
   </si>
   <si>
     <t>1-10-PHI 37 (10:06) 31-James Newkirk ran to PHI 37 for 1 yards. Tackle by 49-Gordon Locke.</t>
   </si>
   <si>
-    <t>#1 John Yen - WR</t>
+    <t>#86 John Yen - RB</t>
   </si>
   <si>
     <t>#72 James Walker - RT</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-PHI 37 (9:29) 12-Donald Davis pass complete to 1-Leonard Decicco to PHI 44 for 6 yards. Tackle by 32-Eric Izzo. 1-Leonard Decicco breaks down the CB.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-3-PHI 44 (8:52) PENALTY - False Start (PHI 89-Gary Vera)</t>
   </si>
@@ -1196,51 +1196,51 @@
   <si>
     <t>PHI 36</t>
   </si>
   <si>
     <t>1-10-PHI 36 (2:59) 33-Anthony Kam ran to PHI 31 for -5 yards. Tackle by 20-Lawrence Lothian.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-15-PHI 31 (2:14) 12-Donald Davis ran to PHI 44 for 12 yards. 12-Donald Davis slides to avoid being hit.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-2-PHI 44 (2:00) 9-Thomas Reeves sacked at PHI 36 for -8 yards (96-Sydney Wheeler). Sack allowed by 63-Jerry Rawson. STO 68-Terry Macha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#20 Thomas Reeves - RB</t>
+    <t>#1 Thomas Reeves - QB</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>4-10-PHI 36 (1:25) 3-Aaron Stein punts 47 yards to STO 17. Fair Catch by 81-Lawrence Przybylski.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>STO 17</t>
   </si>
   <si>
     <t>1-10-STO 17 (1:18) 80-Eric Rodriguez ran to STO 23 for 6 yards. Tackle by 92-Wayne Allen.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>STO 23</t>
   </si>
   <si>
     <t>2-4-STO 23 (0:34) 81-Lawrence Przybylski ran to STO 42 for 19 yards. Tackle by 41-Theodore Costa. STO 50-Steve Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>