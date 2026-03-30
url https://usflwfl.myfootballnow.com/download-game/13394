--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -338,51 +338,51 @@
   <si>
     <t>#3 Reynaldo Paris - K</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>STO 42</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-STO 42 (14:53) 10-George Warner pass complete to 80-Eric Rodriguez to STO 48 for 6 yards. Tackle by 57-Richard Malchow. STO 84-Jessie Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - C</t>
   </si>
   <si>
     <t>#89 Kendall Short - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#71 Robert Mabry - LG</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#50 Steve Taylor - RG</t>
   </si>