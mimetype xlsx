--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 14-Dennis Lovett kicks 63 yards from STO 35 to PIT 2. 14-Arthur Ortega to PIT 18 for 17 yards. Tackle by 94-Brandon Hosea.</t>
   </si>
   <si>
     <t>#89 Arthur Ortega - WR</t>
   </si>
   <si>
     <t>#68 Michael Holler - RT</t>
   </si>
   <si>
     <t>#95 Walter Jenkins - RDE</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
     <t>#51 Richard Lynn - DT</t>
   </si>
   <si>
     <t>#92 Norman Regina - LDE</t>
   </si>
   <si>
     <t>#97 Clay Moore - DT</t>
   </si>
   <si>
-    <t>#96 Paul Cook - MLB</t>
+    <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#72 Shaun Hughes - MLB</t>
   </si>
   <si>
     <t>#91 William Johnson - DT</t>
   </si>
   <si>
     <t>#57 Gerald Rawlings - DT</t>
   </si>
   <si>
     <t>#8 Dennis Lovett - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
@@ -377,99 +377,99 @@
   <si>
     <t>#50 David Ethier - LT</t>
   </si>
   <si>
     <t>#71 John Wilkes - LG</t>
   </si>
   <si>
     <t>#85 Hollis Cross - C</t>
   </si>
   <si>
     <t>#60 Bryan Pereira - LT</t>
   </si>
   <si>
     <t>#79 Lester Donahoe - LT</t>
   </si>
   <si>
     <t>#56 Jeffrey Tate - LDE</t>
   </si>
   <si>
     <t>#97 Nicholas Carlisle - DT</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
-    <t>#96 Sydney Wheeler - RDE</t>
+    <t>#96 Sydney Wheeler - LDE</t>
   </si>
   <si>
     <t>#46 Patrick Leibowitz - CB</t>
   </si>
   <si>
-    <t>#90 Benjamin Gonzalez - CB</t>
+    <t>#90 Benjamin Gonzalez - SS</t>
   </si>
   <si>
     <t>#45 Patrick Gilbert - CB</t>
   </si>
   <si>
     <t>#30 Van Joyner - CB</t>
   </si>
   <si>
     <t>#27 Jerome Woodward - CB</t>
   </si>
   <si>
     <t>#35 Wm Kaiser - FS</t>
   </si>
   <si>
     <t>#20 Lawrence Lothian - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-PIT 18 (14:17) 9-Thomas Hampton pass incomplete, intended for 23-Andrew Paul.</t>
   </si>
   <si>
     <t>#32 Allen Ramos - RB</t>
   </si>
   <si>
     <t>#68 Terry Macha - DT</t>
   </si>
   <si>
     <t>#49 Gordon Locke - CB</t>
   </si>
   <si>
     <t>#99 Clifford Farmer - CB</t>
   </si>
   <si>
-    <t>#94 Brandon Hosea - CB</t>
+    <t>#94 Brandon Hosea - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-10-PIT 18 (14:14) 9-Thomas Hampton pass complete to 89-Patrick Wilks to PIT 29 for 11 yards. Tackle by 99-Clifford Farmer.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>PIT 29</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PIT 29 (13:29) 9-Thomas Hampton pass complete to 89-Patrick Wilks to PIT 38 for 9 yards. Tackle by 49-Gordon Locke.</t>
   </si>
@@ -593,54 +593,54 @@
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#68 Jerry Schreffler - LT</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#50 Steve Taylor - RG</t>
   </si>
   <si>
     <t>#67 Santiago Vinson - RT</t>
   </si>
   <si>
-    <t>#54 Sterling Mitchell - RDE</t>
-[...2 lines deleted...]
-    <t>#51 Brian Lynch - MLB</t>
+    <t>#99 Sterling Mitchell - WLB</t>
+  </si>
+  <si>
+    <t>#98 Brian Lynch - MLB</t>
   </si>
   <si>
     <t>#97 Louis Belden - WLB</t>
   </si>
   <si>
     <t>#25 Wesley Johnson - CB</t>
   </si>
   <si>
     <t>#26 Steven Payne - CB</t>
   </si>
   <si>
     <t>#37 Mathew Lester - FS</t>
   </si>
   <si>
     <t>#93 Donald Huizar - FS</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>STO 19</t>
   </si>
   <si>
     <t>2-6-STO 19 (9:15) 80-Eric Rodriguez ran to STO 25 for 7 yards. Tackle by 51-Brian Lynch. STO 67-Santiago Vinson was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -923,57 +923,57 @@
   <si>
     <t>2-11-PIT 43 (1:16) 10-George Warner pass Pass knocked down by 91-William Johnson. incomplete, intended for 13-Milton Castle.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>3-11-PIT 43 (1:13) 10-George Warner pass complete to 29-Glenn Graham to PIT 41 for 2 yards. Tackle by 26-Steven Payne. Nice job by 29-Glenn Graham on that route to lose his coverage.</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>Timeout STO</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>PIT 41</t>
   </si>
   <si>
     <t>4-9-PIT 41 (0:28) 14-Dennis Lovett 58 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#63 Donald Clifford - RG</t>
+    <t>#63 Donald Clifford - LT</t>
   </si>
   <si>
     <t>#50 Felipe Griffin - RDE</t>
   </si>
   <si>
-    <t>#55 Lloyd Brooks - DT</t>
+    <t>#72 Lloyd Brooks - DT</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>PIT 48</t>
   </si>
   <si>
     <t>1-10-PIT 48 (0:24) 9-Thomas Hampton pass complete to 13-Christopher Goins to STO 45 for 7 yards. Tackle by 99-Clifford Farmer.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>STO 45</t>
   </si>
   <si>
     <t>2-3-STO 45 (15:00) 23-Andrew Paul ran to STO 45 for a short gain. Tackle by 92-Patrick Leibowitz.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>