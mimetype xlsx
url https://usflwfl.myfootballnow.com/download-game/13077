--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -308,51 +308,51 @@
   <si>
     <t>#68 Michael Holler - RT</t>
   </si>
   <si>
     <t>#95 Walter Jenkins - RDE</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
     <t>#51 Richard Lynn - DT</t>
   </si>
   <si>
     <t>#92 Norman Regina - LDE</t>
   </si>
   <si>
     <t>#97 Clay Moore - DT</t>
   </si>
   <si>
     <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#72 Shaun Hughes - MLB</t>
   </si>
   <si>
-    <t>#91 William Johnson - DT</t>
+    <t>#96 William Johnson - DT</t>
   </si>
   <si>
     <t>#57 Gerald Rawlings - DT</t>
   </si>
   <si>
     <t>#8 Dennis Lovett - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PIT 18 (14:58) 23-Andrew Paul ran to PIT 18 for a short loss. Tackle by 45-Patrick Gilbert. STO 97-Nicholas Carlisle was injured on the play. He looks like he should be able to return.</t>
   </si>