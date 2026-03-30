--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>STO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Dennis Lovett kicks 63 yards from STO 35 to PIT 2. 14-Arthur Ortega to PIT 18 for 17 yards. Tackle by 94-Brandon Hosea.</t>
   </si>
   <si>
-    <t>#89 Arthur Ortega - WR</t>
+    <t>#89 Arthur Ortega - C</t>
   </si>
   <si>
     <t>#68 Michael Holler - RT</t>
   </si>
   <si>
     <t>#95 Walter Jenkins - RDE</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
     <t>#51 Richard Lynn - DT</t>
   </si>
   <si>
     <t>#92 Norman Regina - LDE</t>
   </si>
   <si>
     <t>#97 Clay Moore - DT</t>
   </si>
   <si>
     <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#72 Shaun Hughes - MLB</t>
   </si>
@@ -338,51 +338,51 @@
   <si>
     <t>#8 Dennis Lovett - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PIT 18 (14:58) 23-Andrew Paul ran to PIT 18 for a short loss. Tackle by 45-Patrick Gilbert. STO 97-Nicholas Carlisle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Thomas Hampton - QB</t>
   </si>
   <si>
-    <t>#23 Andrew Paul - WR</t>
+    <t>#23 Andrew Paul - C</t>
   </si>
   <si>
     <t>#76 Patrick Wilks - LG</t>
   </si>
   <si>
     <t>#12 Tanner Hiers - WR</t>
   </si>
   <si>
     <t>#12 Marc Morgan - WR</t>
   </si>
   <si>
     <t>#13 Christopher Goins - WR</t>
   </si>
   <si>
     <t>#50 David Ethier - LT</t>
   </si>
   <si>
     <t>#71 John Wilkes - LG</t>
   </si>
   <si>
     <t>#85 Hollis Cross - C</t>
   </si>
   <si>
     <t>#60 Bryan Pereira - LT</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#52 Mark Contreras - TE</t>
   </si>
   <si>
     <t>#91 Gabriel Barry - RDE</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>STO 15</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-STO 15 (9:55) 89-Kendall Short ran to STO 19 for 4 yards. Tackle by 91-William Johnson.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - C</t>
   </si>
   <si>
     <t>#89 Kendall Short - WR</t>
   </si>
   <si>
     <t>#28 Joseph Simon - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#68 Jerry Schreffler - LT</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#50 Steve Taylor - RG</t>
   </si>
@@ -2277,51 +2277,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="305.497" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>