--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 7-Nick Orozco kicks 72 yards from NOV 35 to STO -7. Touchback.</t>
   </si>
   <si>
     <t>#87 James Douglas - WR</t>
   </si>
   <si>
     <t>#28 Frederick Devitt - CB</t>
   </si>
   <si>
     <t>#73 Sid Justice - WLB</t>
   </si>
   <si>
     <t>#46 Patrick Leibowitz - CB</t>
   </si>
   <si>
     <t>#32 Eric Izzo - CB</t>
   </si>
   <si>
     <t>#45 Patrick Gilbert - CB</t>
   </si>
   <si>
     <t>#36 Peter Sanders - CB</t>
   </si>
   <si>
-    <t>#94 Brandon Hosea - CB</t>
+    <t>#94 Brandon Hosea - FS</t>
   </si>
   <si>
     <t>#35 Wm Kaiser - FS</t>
   </si>
   <si>
     <t>#35 Christopher Berge - CB</t>
   </si>
   <si>
     <t>#99 Clifford Farmer - CB</t>
   </si>
   <si>
     <t>#7 Nick Orozco - K</t>
   </si>
   <si>
     <t>STO</t>
   </si>
   <si>
     <t>STO 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#91 Ronald Bauch - CB</t>
   </si>
   <si>
     <t>#29 Bruce Williams - SS</t>
   </si>
   <si>
     <t>#27 James Griffin - FS</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>STO 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-3-STO 42 (13:42) 29-Glenn Graham ran to STO 45 for 2 yards. Tackle by 44-Peter Magee.</t>
   </si>
   <si>
     <t>#29 Glenn Graham - WR</t>
   </si>
   <si>
-    <t>#99 Miguel Frigo - MLB</t>
+    <t>#53 Miguel Frigo - MLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>STO 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>3-1-STO 45 (13:00) 15-Andrew Day ran to STO 47 for 3 yards. Tackle by 30-Daniel Castle.</t>
   </si>
   <si>
     <t>#83 Andrew Day - WR</t>
   </si>
   <si>
     <t>#54 Daniel Castle - SLB</t>
   </si>
   <si>
     <t>#55 Archie Roy - CB</t>
   </si>
@@ -647,54 +647,54 @@
   <si>
     <t>#12 James Wright - QB</t>
   </si>
   <si>
     <t>#39 Gerald Waldon - RB</t>
   </si>
   <si>
     <t>#41 Gregory Alvarado - FB</t>
   </si>
   <si>
     <t>#22 Nicholas Reyes - WR</t>
   </si>
   <si>
     <t>#19 Bradley Schilling - WR</t>
   </si>
   <si>
     <t>#54 Lonnie Clark - LT</t>
   </si>
   <si>
     <t>#57 Jimmy Bell - LG</t>
   </si>
   <si>
     <t>#76 Scott Sheldon - C</t>
   </si>
   <si>
-    <t>#78 Michael Williams - LT</t>
-[...2 lines deleted...]
-    <t>#75 Jason Herron - C</t>
+    <t>#78 Michael Williams - LG</t>
+  </si>
+  <si>
+    <t>#75 Jason Herron - RT</t>
   </si>
   <si>
     <t>#56 Jeffrey Tate - LDE</t>
   </si>
   <si>
     <t>#97 Nicholas Carlisle - DT</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
     <t>#68 Terry Macha - DT</t>
   </si>
   <si>
     <t>#49 Gordon Locke - CB</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>NOV 34</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -821,51 +821,51 @@
   <si>
     <t>STO 23</t>
   </si>
   <si>
     <t>4-5-STO 23 (2:22) 7-Nick Orozco 41 yard field goal is GOOD. STO 3 NOV 3</t>
   </si>
   <si>
     <t>#9 Jack Gentry - QB</t>
   </si>
   <si>
     <t>#71 Christopher Reeves - C</t>
   </si>
   <si>
     <t>#74 Gary Quillen - RT</t>
   </si>
   <si>
     <t>#60 Harry Williams - C</t>
   </si>
   <si>
     <t>#63 Michael Foss - LG</t>
   </si>
   <si>
     <t>#91 Gabriel Barry - RDE</t>
   </si>
   <si>
-    <t>#96 Sydney Wheeler - RDE</t>
+    <t>#96 Sydney Wheeler - LDE</t>
   </si>
   <si>
     <t>#95 Gregory Torres - LDE</t>
   </si>
   <si>
     <t>#58 Shane Parker - RDE</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>(2:19) 7-Nick Orozco kicks 74 yards from NOV 35 to STO -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-STO 25 (2:19) 28-Joseph Simon ran to STO 28 for 3 yards. Tackle by 50-Matthew McGrath.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>