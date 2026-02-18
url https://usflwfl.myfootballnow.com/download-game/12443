--- v0 (2025-12-14)
+++ v1 (2026-02-18)
@@ -371,69 +371,69 @@
   <si>
     <t>#54 Lonnie Clark - LT</t>
   </si>
   <si>
     <t>#59 Charles Williams - LG</t>
   </si>
   <si>
     <t>#60 Harry Williams - C</t>
   </si>
   <si>
     <t>#62 Bryan Sparrow - RT</t>
   </si>
   <si>
     <t>#74 Gary Quillen - RT</t>
   </si>
   <si>
     <t>#58 Shane Parker - RDE</t>
   </si>
   <si>
     <t>#97 Nicholas Carlisle - DT</t>
   </si>
   <si>
     <t>#73 Edward Scott - DT</t>
   </si>
   <si>
-    <t>#96 Sydney Wheeler - RDE</t>
+    <t>#96 Sydney Wheeler - LDE</t>
   </si>
   <si>
     <t>#35 Wm Kaiser - FS</t>
   </si>
   <si>
     <t>#36 Peter Sanders - CB</t>
   </si>
   <si>
     <t>#45 Patrick Gilbert - CB</t>
   </si>
   <si>
     <t>#40 Brian Webb - LDE</t>
   </si>
   <si>
     <t>#24 Mario Allen - CB</t>
   </si>
   <si>
-    <t>#94 Brandon Hosea - CB</t>
+    <t>#94 Brandon Hosea - FS</t>
   </si>
   <si>
     <t>#49 Gordon Locke - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-NOV 25 (14:57) 39-Gerald Waldon ran to NOV 25 for a short gain. Tackle by 58-Shane Parker.</t>
   </si>
   <si>
     <t>#41 Gregory Alvarado - FB</t>
   </si>
   <si>
     <t>#88 Gary Erickson - WR</t>
   </si>
   <si>
     <t>#35 Christopher Berge - CB</t>
   </si>
@@ -488,81 +488,81 @@
   <si>
     <t>#78 Eric Bell - RT</t>
   </si>
   <si>
     <t>#41 Michael Ferrell - LT</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>STO 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>1-10-STO 22 (13:35) 23-Jack Lu ran to STO 23 for 1 yards. Tackle by 35-Newton Matthews.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - WR</t>
+    <t>#17 Eric Rodriguez - RB</t>
   </si>
   <si>
     <t>#23 Jack Lu - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#87 James Douglas - WR</t>
   </si>
   <si>
     <t>#61 Danny Smith - C</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>
   <si>
     <t>#67 Santiago Vinson - RT</t>
   </si>
   <si>
-    <t>#63 Jack Hall - LDE</t>
+    <t>#96 Jack Hall - LDE</t>
   </si>
   <si>
     <t>#69 Brian Porter - DT</t>
   </si>
   <si>
     <t>#32 Glen Baxter - RDE</t>
   </si>
   <si>
     <t>#25 Timothy Rojo - CB</t>
   </si>
   <si>
     <t>#97 Michael Ottinger - CB</t>
   </si>
   <si>
     <t>#91 Ronald Bauch - CB</t>
   </si>
   <si>
     <t>#20 Eric Matherly - CB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>STO 23</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-STO 33 (12:16) (Hot Read) 10-George Warner pass Pass knocked down by 95-Albert Perez. incomplete, intended for 23-Jack Lu. Pressure by 30-Daniel Castle.</t>
   </si>
   <si>
     <t>#49 Jeremy Sheffield - RDE</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-STO 33 (12:13) 23-Jack Lu ran to STO 38 for 4 yards. Tackle by 92-Miguel Frigo.</t>
   </si>
   <si>
-    <t>#99 Miguel Frigo - MLB</t>
+    <t>#53 Miguel Frigo - MLB</t>
   </si>
   <si>
     <t>#55 Archie Roy - CB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>STO 38</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-6-STO 38 (11:34) 10-George Warner pass Pass knocked down by 91-Ronald Bauch. incomplete, intended for 29-Glenn Graham. PENALTY - Holding (STO 61-Danny Smith) (Declined)</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>4-6-STO 38 (11:31) 7-Charles Clayton punts 46 yards to NOV 16. 34-Raphael McArthur to NOV 18 for 2 yards. Tackle by 24-Mario Allen.</t>
   </si>
   <si>
     <t>#7 Charles Clayton - P</t>
   </si>