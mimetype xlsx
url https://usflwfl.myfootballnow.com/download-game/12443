--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -488,51 +488,51 @@
   <si>
     <t>#78 Eric Bell - RT</t>
   </si>
   <si>
     <t>#41 Michael Ferrell - LT</t>
   </si>
   <si>
     <t>#79 Angel Howard - DT</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>STO 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>1-10-STO 22 (13:35) 23-Jack Lu ran to STO 23 for 1 yards. Tackle by 35-Newton Matthews.</t>
   </si>
   <si>
     <t>#10 George Warner - QB</t>
   </si>
   <si>
-    <t>#17 Eric Rodriguez - RB</t>
+    <t>#17 Eric Rodriguez - C</t>
   </si>
   <si>
     <t>#23 Jack Lu - WR</t>
   </si>
   <si>
     <t>#16 Daniel Cruz - WR</t>
   </si>
   <si>
     <t>#84 Jessie Anderson - WR</t>
   </si>
   <si>
     <t>#87 James Douglas - WR</t>
   </si>
   <si>
     <t>#61 Danny Smith - C</t>
   </si>
   <si>
     <t>#64 Eric Slater - LG</t>
   </si>
   <si>
     <t>#77 Scott Crew - C</t>
   </si>
   <si>
     <t>#74 Johnny Williams - RG</t>
   </si>