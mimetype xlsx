--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -362,54 +362,54 @@
   <si>
     <t>#84 Scott Isaacs - LT</t>
   </si>
   <si>
     <t>#48 Lynn McLaurin - LT</t>
   </si>
   <si>
     <t>#88 Arthur Reina - WR</t>
   </si>
   <si>
     <t>#69 Osvaldo Bradley - C</t>
   </si>
   <si>
     <t>#87 Craig Hubbard - LT</t>
   </si>
   <si>
     <t>#36 Oscar Sanders - C</t>
   </si>
   <si>
     <t>#47 George Negron - CB</t>
   </si>
   <si>
     <t>#95 Albert Perez - DT</t>
   </si>
   <si>
-    <t>#93 Allen Gee - LDE</t>
-[...2 lines deleted...]
-    <t>#63 Jack Hall - LDE</t>
+    <t>#51 Allen Gee - LDE</t>
+  </si>
+  <si>
+    <t>#96 Jack Hall - LDE</t>
   </si>
   <si>
     <t>#27 James Griffin - FS</t>
   </si>
   <si>
     <t>#54 Daniel Castle - SLB</t>
   </si>
   <si>
     <t>#97 Michael Ottinger - CB</t>
   </si>
   <si>
     <t>#50 Matthew McGrath - MLB</t>
   </si>
   <si>
     <t>#44 Peter Magee - CB</t>
   </si>
   <si>
     <t>#59 Arthur Silvera - FS</t>
   </si>
   <si>
     <t>#35 Newton Matthews - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>