--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 11-Sebastian Janikowski kicks 75 yards from NOV 35 to SJS -10. Touchback.</t>
   </si>
   <si>
     <t>#22 Dwayne Redden - C</t>
   </si>
   <si>
     <t>#75 Jason Medlin - CB</t>
   </si>
   <si>
     <t>#72 Edward McNair - RG</t>
   </si>
   <si>
     <t>#30 Alfred Shock - C</t>
   </si>
   <si>
     <t>#58 Michael Obrien - C</t>
   </si>
   <si>
     <t>#19 Marshall Olszewski - C</t>
   </si>
   <si>
     <t>#68 Douglas Wood - C</t>
   </si>
   <si>
-    <t>#29 Charles Tillman - RB</t>
+    <t>#28 Charles Tillman - TE</t>
   </si>
   <si>
     <t>#9 Alfredo Montoya - C</t>
   </si>
   <si>
     <t>#68 Marcus Taing - C</t>
   </si>
   <si>
     <t>#78 Michael Becker - C</t>
   </si>
   <si>
     <t>#11 Sebastian Janikowski - K</t>
   </si>
   <si>
     <t>SJS</t>
   </si>
   <si>
     <t>SJS 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>