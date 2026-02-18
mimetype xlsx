--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -368,51 +368,51 @@
   <si>
     <t>#48 Lynn McLaurin - LT</t>
   </si>
   <si>
     <t>#88 Arthur Reina - WR</t>
   </si>
   <si>
     <t>#36 Oscar Sanders - C</t>
   </si>
   <si>
     <t>#69 Andrew Harris - RDE</t>
   </si>
   <si>
     <t>#95 Walter Jenkins - RDE</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
     <t>#91 William Johnson - DT</t>
   </si>
   <si>
     <t>#57 James Paxton - MLB</t>
   </si>
   <si>
-    <t>#96 Paul Cook - MLB</t>
+    <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#92 Norman Regina - LDE</t>
   </si>
   <si>
     <t>#37 Louis Moran - FS</t>
   </si>
   <si>
     <t>#26 Steven Payne - CB</t>
   </si>
   <si>
     <t>#29 Jose Simmons - SS</t>
   </si>
   <si>
     <t>#44 Scott Powers - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>SJS 21</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>#78 Pedro Young - RG</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (8:30) 9-Thomas Hampton pass incomplete, intended for 14-Arthur Ortega.</t>
   </si>
   <si>
     <t>#9 Thomas Hampton - QB</t>
   </si>
   <si>
     <t>#37 Kenneth Allen - WR</t>
   </si>
   <si>
     <t>#19 Eugene Williams - RT</t>
   </si>
   <si>
-    <t>#62 Michael Mayfield - RG</t>
+    <t>#55 Michael Mayfield - RG</t>
   </si>
   <si>
     <t>#85 Hollis Cross - C</t>
   </si>
   <si>
     <t>#61 Louis Prosser - RG</t>
   </si>
   <si>
     <t>#79 Gary Whitley - RG</t>
   </si>
   <si>
     <t>#99 Gregg Griffin - MLB</t>
   </si>
   <si>
     <t>#92 Clarence Marcus - RDE</t>
   </si>
   <si>
     <t>#59 Ryan Mack - LDE</t>
   </si>
   <si>
     <t>#65 Edward Rascon - LDE</t>
   </si>
   <si>
     <t>#26 Richard Kinman - RDE</t>
   </si>