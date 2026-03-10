--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -362,51 +362,51 @@
   <si>
     <t>#31 Brian Smith - LG</t>
   </si>
   <si>
     <t>#84 Scott Isaacs - LT</t>
   </si>
   <si>
     <t>#48 Lynn McLaurin - LT</t>
   </si>
   <si>
     <t>#88 Arthur Reina - WR</t>
   </si>
   <si>
     <t>#36 Oscar Sanders - C</t>
   </si>
   <si>
     <t>#69 Andrew Harris - RDE</t>
   </si>
   <si>
     <t>#95 Walter Jenkins - RDE</t>
   </si>
   <si>
     <t>#73 Michael Peters - LDE</t>
   </si>
   <si>
-    <t>#91 William Johnson - DT</t>
+    <t>#96 William Johnson - DT</t>
   </si>
   <si>
     <t>#57 James Paxton - MLB</t>
   </si>
   <si>
     <t>#57 Paul Cook - MLB</t>
   </si>
   <si>
     <t>#92 Norman Regina - LDE</t>
   </si>
   <si>
     <t>#37 Louis Moran - FS</t>
   </si>
   <si>
     <t>#26 Steven Payne - CB</t>
   </si>
   <si>
     <t>#29 Jose Simmons - SS</t>
   </si>
   <si>
     <t>#44 Scott Powers - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>