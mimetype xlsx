--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -608,51 +608,51 @@
   <si>
     <t>#61 Francis Ambrosino - C</t>
   </si>
   <si>
     <t>#20 Patrick Hargrave - FB</t>
   </si>
   <si>
     <t>#52 Cornelius Strickland - LDE</t>
   </si>
   <si>
     <t>#61 James Roberge - LG</t>
   </si>
   <si>
     <t>#48 James Kimbell - RG</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>SJS 35</t>
   </si>
   <si>
     <t>(8:30) 13-Daniel Pitts kicks 74 yards from SJS 35 to PIT -9. Touchback.</t>
   </si>
   <si>
-    <t>#89 Arthur Ortega - WR</t>
+    <t>#89 Arthur Ortega - C</t>
   </si>
   <si>
     <t>#89 Jason Burton - WR</t>
   </si>
   <si>
     <t>#78 Pedro Young - RG</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (8:30) 9-Thomas Hampton pass incomplete, intended for 14-Arthur Ortega.</t>
   </si>
   <si>
     <t>#9 Thomas Hampton - QB</t>
   </si>
   <si>
     <t>#37 Kenneth Allen - WR</t>
   </si>
@@ -2375,52 +2375,52 @@
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>