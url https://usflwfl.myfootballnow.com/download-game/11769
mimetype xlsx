--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -347,51 +347,51 @@
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
   <si>
     <t>1-10-NJG 25 (15:00) 26-Vic  Mackey ran to NJG 35 for 10 yards. Tackle by 29-Peter O'Reilly.</t>
   </si>
   <si>
     <t>#2 Kevin Via - QB</t>
   </si>
   <si>
     <t>#69 Vic  Mackey - WR</t>
   </si>
   <si>
     <t>#14 Apollo Creed  - WR</t>
   </si>
   <si>
     <t>#44 Jesse Pinkman - WR</t>
   </si>
   <si>
     <t>#27 Alec Hardison - WR</t>
   </si>
   <si>
-    <t>#55 Hampton Forbes - LT</t>
+    <t>#55 Hampton Forbes - RT</t>
   </si>
   <si>
     <t>#68 Horatio Caine   - LG</t>
   </si>
   <si>
     <t>#58 Earl Hickey - RG</t>
   </si>
   <si>
     <t>#56 Barney Stinson - RT</t>
   </si>
   <si>
     <t>#67 Gene Stevens - C</t>
   </si>
   <si>
     <t>#46 Jeremy Johnson - SS</t>
   </si>
   <si>
     <t>#79 Albert Whitten - LDE</t>
   </si>
   <si>
     <t>#49 James Hall - SS</t>
   </si>
   <si>
     <t>#58 Johnny Jones - DT</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#87 Charles Thompson - TE</t>
   </si>
   <si>
     <t>#80 Perry Nelson - WR</t>
   </si>
   <si>
     <t>#13 Dylan Fryer - WR</t>
   </si>
   <si>
     <t>#60 Ware Waldo - LT</t>
   </si>
   <si>
     <t>#77 Rain Smeller - LG</t>
   </si>
   <si>
     <t>#82 Larry Dysart - TE</t>
   </si>
   <si>
     <t>#59 Michael Macias - LG</t>
   </si>
   <si>
     <t>#64 Seymore Butts - LT</t>
   </si>
   <si>
-    <t>#73 Sheldon Cooper - LDE</t>
+    <t>#73 Sheldon Cooper - DT</t>
   </si>
   <si>
     <t>#73 Billy Garcia - DT</t>
   </si>
   <si>
     <t>#51 Mike Ehrmantraut - DT</t>
   </si>
   <si>
     <t>#78 Nathan Explosion - RDE</t>
   </si>
   <si>
     <t>#40 Howard Wolowitz - CB</t>
   </si>
   <si>
     <t>#39 Roger Rondeau - FS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>NYS 11</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -2227,51 +2227,51 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="366.768" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>