--- v0 (2025-12-06)
+++ v1 (2026-01-08)
@@ -380,51 +380,51 @@
   <si>
     <t>#51 Nathan Davis - LT</t>
   </si>
   <si>
     <t>#24 Jacob Evans - LDE</t>
   </si>
   <si>
     <t>#95 Albert Perez - DT</t>
   </si>
   <si>
     <t>#69 Brian Porter - DT</t>
   </si>
   <si>
     <t>#20 Kenneth Monn - CB</t>
   </si>
   <si>
     <t>#27 James Griffin - FS</t>
   </si>
   <si>
     <t>#44 Peter Magee - CB</t>
   </si>
   <si>
     <t>#59 Quentin Blandon - CB</t>
   </si>
   <si>
-    <t>#63 Jack Hall - LDE</t>
+    <t>#63 Jack Hall - RG</t>
   </si>
   <si>
     <t>#39 Gene Brown - CB</t>
   </si>
   <si>
     <t>#35 Newton Matthews - SS</t>
   </si>
   <si>
     <t>#25 Adrian Koval - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-OKL 25 (14:59) 5-Raymond Settles pass Pass knocked down by 27-James Griffin. incomplete, intended for 89-Domenic Winstead.</t>
   </si>
   <si>
     <t>#17 Donald Ramirez - WR</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>#12 Marcos Gibson - P</t>
   </si>
   <si>
     <t>#78 Victor McGovern - RT</t>
   </si>
   <si>
     <t>#21 James Peterson - WR</t>
   </si>
   <si>
     <t>#82 Jeff Cole - WR</t>
   </si>
   <si>
     <t>#79 Wyatt Rogan - LDE</t>
   </si>
   <si>
     <t>#84 Charles Grogan - TE</t>
   </si>
   <si>
     <t>#48 Genaro Evans - CB</t>
   </si>
   <si>
     <t>#71 Brian Weeks - LG</t>
   </si>
   <si>
-    <t>#70 Michael Strange - C</t>
+    <t>#70 Michael Strange - RG</t>
   </si>
   <si>
     <t>#99 John Davies - DT</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>NOV 23</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NOV 23 (14:02) 12-Kenneth Anderson pass Pass knocked down by 24-Christopher Parker. incomplete, intended for 41-Michael Ferrell.</t>
   </si>
   <si>
     <t>#12 Kenneth Anderson - QB</t>
   </si>
   <si>
     <t>#39 Gerald Waldon - RB</t>
   </si>
   <si>
     <t>#35 Michael Krueger - WR</t>
   </si>