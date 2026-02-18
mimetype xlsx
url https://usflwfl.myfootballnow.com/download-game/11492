--- v1 (2026-01-08)
+++ v2 (2026-02-18)
@@ -380,51 +380,51 @@
   <si>
     <t>#51 Nathan Davis - LT</t>
   </si>
   <si>
     <t>#24 Jacob Evans - LDE</t>
   </si>
   <si>
     <t>#95 Albert Perez - DT</t>
   </si>
   <si>
     <t>#69 Brian Porter - DT</t>
   </si>
   <si>
     <t>#20 Kenneth Monn - CB</t>
   </si>
   <si>
     <t>#27 James Griffin - FS</t>
   </si>
   <si>
     <t>#44 Peter Magee - CB</t>
   </si>
   <si>
     <t>#59 Quentin Blandon - CB</t>
   </si>
   <si>
-    <t>#63 Jack Hall - RG</t>
+    <t>#96 Jack Hall - LDE</t>
   </si>
   <si>
     <t>#39 Gene Brown - CB</t>
   </si>
   <si>
     <t>#35 Newton Matthews - SS</t>
   </si>
   <si>
     <t>#25 Adrian Koval - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-OKL 25 (14:59) 5-Raymond Settles pass Pass knocked down by 27-James Griffin. incomplete, intended for 89-Domenic Winstead.</t>
   </si>
   <si>
     <t>#17 Donald Ramirez - WR</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#64 Lamont Weller - LG</t>
   </si>
   <si>
     <t>#74 Thomas Lobato - LT</t>
   </si>
   <si>
     <t>#60 Harry Williams - C</t>
   </si>
   <si>
     <t>#59 Charles Williams - LG</t>
   </si>
   <si>
     <t>#70 Bruce Lajoie - C</t>
   </si>
   <si>
     <t>#96 Jeff Bingham - LDE</t>
   </si>
   <si>
     <t>#70 Jesse Melendy - DT</t>
   </si>
   <si>
     <t>#67 Patrick Otis - DT</t>
   </si>
   <si>
-    <t>#61 Ralph Magallanes - WLB</t>
+    <t>#72 Ralph Magallanes - RDE</t>
   </si>
   <si>
     <t>#98 Scott Shook - SLB</t>
   </si>
   <si>
     <t>#94 Lazaro Mason - MLB</t>
   </si>
   <si>
     <t>#25 Michael Brown - CB</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-NOV 23 (13:58) 39-Gerald Waldon ran to NOV 22 for -1 yards. Tackle by 51-Michael Justice.</t>
   </si>
   <si>
     <t>#80 Wendell Lee - TE</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>#76 Michael Tanguay - LT</t>
   </si>
   <si>
     <t>#68 Hollis Nash - C</t>
   </si>
   <si>
     <t>#73 Richard Ard - LDE</t>
   </si>
   <si>
     <t>#59 Christopher Turner - DT</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>OKL 21</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-OKL 21 (12:30) (Hot Read) 5-Raymond Settles pass complete to 46-David Couch to OKL 17 for -4 yards. Tackle by 50-Kenneth Monn. Pressure by 59-Quentin Blandon. OKL 57-Joe Harrison was injured on the play. He looks like he should be able to return. OKL 46-David Couch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#93 Allen Gee - LDE</t>
+    <t>#51 Allen Gee - LDE</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>OKL 17</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-14-OKL 17 (11:47) 5-Raymond Settles pass complete to 89-Domenic Winstead to OKL 20 for 3 yards. Tackle by 36-Roger Godfrey.</t>
   </si>
   <si>
     <t>#11 Sebastian Goode - WR</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>OKL 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>