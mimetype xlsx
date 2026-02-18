--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -1547,51 +1547,51 @@
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>3-2-HOU 8 (10:44) 9-Dale Baber pass complete to 30-Cecil Phillips to HOU 7 for -1 yards. Tackle by 27-Edward Mays.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>HOU 7</t>
   </si>
   <si>
     <t>4-4-HOU 7 (10:07) 1-Lawrence Kraker punts 52 yards to PHI 41. Fair Catch by 12-Roderick Uribe.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>PHI 41</t>
   </si>
   <si>
     <t>1-10-PHI 41 (10:00) 17-Joel Jasso pass complete to 12-Roderick Uribe to PHI 43 for 2 yards. Tackle by 55-Greg The Hammer Valentine. 12-Roderick Uribe made a great move on the CB.</t>
   </si>
   <si>
-    <t>#52 James Skinner - C</t>
+    <t>#52 James Skinner - LG</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>2-8-PHI 43 (9:14) 17-Joel Jasso pass complete to 81-John Guillory to PHI 45 for 2 yards. Tackle by 56-Martin Yardley.</t>
   </si>
   <si>
     <t>PHI 45</t>
   </si>
   <si>
     <t>3-6-PHI 45 (8:39) 17-Joel Jasso pass complete to 81-John Guillory to PHI 47 for 2 yards. Tackle by 56-Martin Yardley. PHI 60-James Rivera was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>4-4-PHI 47 (7:59) 3-Aaron Stein punts 41 yards to HOU 12.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>HOU 12</t>
   </si>